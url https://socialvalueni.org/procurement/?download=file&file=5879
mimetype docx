--- v0 (2025-10-30)
+++ v1 (2026-02-19)
@@ -1343,256 +1343,267 @@
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003E3BDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>the use of materials, or materials within products, that are derived from vulnerable ecosystems?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E2D0834" w14:textId="77777777" w:rsidR="003E3BDF" w:rsidRPr="00754101" w:rsidRDefault="003E3BDF" w:rsidP="00754101">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5668B006" w14:textId="4FA90C6B" w:rsidR="006B2857" w:rsidRDefault="006C65B4" w:rsidP="00754101">
+    <w:p w14:paraId="3AF7AEDE" w14:textId="77777777" w:rsidR="006D23C4" w:rsidRPr="006D23C4" w:rsidRDefault="006D23C4" w:rsidP="006D23C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="426"/>
-[...159 lines deleted...]
-          <w:r w:rsidRPr="00416F37">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D23C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Contracting Authority is considering including obligations within the tender documents related to the application of </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="006D23C4">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="467886"/>
+            <w:kern w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:t>the waste hierarchy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006D23C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="006D23C4">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="467886"/>
+            <w:kern w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:t>the circular economy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006D23C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which are relevant to the [goods] to be delivered, and support Northern Ireland’s ambitions to build a more resource efficient, greener, circular and low carbon economy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFC4294" w14:textId="77777777" w:rsidR="006D23C4" w:rsidRPr="006D23C4" w:rsidRDefault="006D23C4" w:rsidP="006D23C4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D23C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Consequently, the Supplier may be required to apply the waste hierarchy in contract delivery to maximise the reduction of waste, minimise the use of virgin materials and minimise the related carbon emissions.  This could be through extending the useful life of the goods supplied via relevant durability, repair, re-use, refurbishment or remanufacturing solutions, including through sub-contracting arrangements and innovative solutions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A930FFE" w14:textId="77777777" w:rsidR="006D23C4" w:rsidRPr="006D23C4" w:rsidRDefault="006D23C4" w:rsidP="006D23C4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D23C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Please provide details of the solutions which could be made available under this contract in the circular management of [goods], promoting the repair, re-use, re-condition, re-manufacture and recycling of resources.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22BD951B" w14:textId="4EB360D2" w:rsidR="006C65B4" w:rsidRDefault="00000000" w:rsidP="006D23C4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-1023627219"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E67147" w:rsidRPr="00416F37">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
-        </w:p>
-[...1 lines deleted...]
-    </w:sdt>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
     <w:p w14:paraId="6116FEDA" w14:textId="77777777" w:rsidR="00A155ED" w:rsidRDefault="00A155ED" w:rsidP="00A155ED">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="40AFCE65" w14:textId="77777777" w:rsidR="00201CF7" w:rsidRDefault="00201CF7" w:rsidP="00A155ED">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64DDA58A" w14:textId="77777777" w:rsidR="00201CF7" w:rsidRDefault="00201CF7" w:rsidP="00A155ED">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62C59D28" w14:textId="77777777" w:rsidR="00201CF7" w:rsidRDefault="00201CF7" w:rsidP="00A155ED">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="15A081C0" w14:textId="2A910FC9" w:rsidR="00A155ED" w:rsidRPr="00754101" w:rsidRDefault="00A155ED" w:rsidP="00754101">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Building ethical supply chains</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73931C31" w14:textId="2138D01B" w:rsidR="005C7E16" w:rsidRDefault="0041544B" w:rsidP="00754101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W</w:t>
@@ -1958,51 +1969,51 @@
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:commentReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B6A1636" w14:textId="77777777" w:rsidR="00793758" w:rsidRDefault="00793758" w:rsidP="00754101">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00793758" w:rsidSect="00665850">
-          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1710" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="420DAAB7" w14:textId="0658D1E6" w:rsidR="00793758" w:rsidRDefault="00000000" w:rsidP="00754101">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="651724833"/>
@@ -2794,88 +2805,88 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008842E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Each of the themes have a </w:t>
       </w:r>
       <w:r w:rsidRPr="003C6900">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">set of indicators which are set out in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="001230FB" w:rsidRPr="003C6900">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>PPN 01/21 - Social Value in Procurement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001230FB" w:rsidRPr="00754101">
         <w:t xml:space="preserve"> and detailed in Annex A below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06294F03" w14:textId="4C44B169" w:rsidR="0029182B" w:rsidRDefault="00345D34" w:rsidP="00A155ED">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008842E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">More information can be found at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="001230FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.socialvalueni.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001230FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
       <w:r w:rsidR="006A4A33" w:rsidRPr="008842E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -3544,51 +3555,50 @@
     </w:p>
     <w:p w14:paraId="14B29AD1" w14:textId="4B17236C" w:rsidR="00805356" w:rsidRPr="008842E1" w:rsidRDefault="006120CF" w:rsidP="00754101">
       <w:pPr>
         <w:pStyle w:val="Legal4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidR="00D03C50">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">hat </w:t>
       </w:r>
       <w:r w:rsidR="00CA508F" w:rsidRPr="008842E1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">activities </w:t>
       </w:r>
       <w:r w:rsidR="00D03C50">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -5377,61 +5387,61 @@
   <w15:commentEx w15:paraId="74E8468F" w15:done="0"/>
   <w15:commentEx w15:paraId="4D70E702" w15:done="0"/>
   <w15:commentEx w15:paraId="07DB1E11" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="7580AB10" w16cex:dateUtc="2025-04-10T11:34:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="116C0BEF" w16cex:dateUtc="2025-04-10T11:19:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="18CAEA83" w16cex:dateUtc="2025-04-09T12:11:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="74E8468F" w16cid:durableId="7580AB10"/>
   <w16cid:commentId w16cid:paraId="4D70E702" w16cid:durableId="116C0BEF"/>
   <w16cid:commentId w16cid:paraId="07DB1E11" w16cid:durableId="18CAEA83"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="270AFE4C" w14:textId="77777777" w:rsidR="00BF76D5" w:rsidRDefault="00BF76D5" w:rsidP="00665850">
+    <w:p w14:paraId="1BE588A5" w14:textId="77777777" w:rsidR="00D633B7" w:rsidRDefault="00D633B7" w:rsidP="00665850">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DD4E17E" w14:textId="77777777" w:rsidR="00BF76D5" w:rsidRDefault="00BF76D5" w:rsidP="00665850">
+    <w:p w14:paraId="5E435059" w14:textId="77777777" w:rsidR="00D633B7" w:rsidRDefault="00D633B7" w:rsidP="00665850">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5458,74 +5468,80 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A40A946" w14:textId="77777777" w:rsidR="00BF76D5" w:rsidRDefault="00BF76D5" w:rsidP="00665850">
+    <w:p w14:paraId="317B34EE" w14:textId="77777777" w:rsidR="00D633B7" w:rsidRDefault="00D633B7" w:rsidP="00665850">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58FD00A3" w14:textId="77777777" w:rsidR="00BF76D5" w:rsidRDefault="00BF76D5" w:rsidP="00665850">
+    <w:p w14:paraId="4A30E67D" w14:textId="77777777" w:rsidR="00D633B7" w:rsidRDefault="00D633B7" w:rsidP="00665850">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0145517F" w14:textId="4E4E8D6C" w:rsidR="00665850" w:rsidRDefault="00665850" w:rsidP="00665850">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -6098,51 +6114,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="116B64AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="216235A0"/>
+    <w:tmpl w:val="9A84668C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -8690,145 +8706,151 @@
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D0227D"/>
     <w:rsid w:val="0001646E"/>
     <w:rsid w:val="0003037F"/>
     <w:rsid w:val="00050355"/>
     <w:rsid w:val="000579F2"/>
     <w:rsid w:val="00084B03"/>
     <w:rsid w:val="00087207"/>
     <w:rsid w:val="000B48CC"/>
     <w:rsid w:val="000E6BAA"/>
     <w:rsid w:val="00104586"/>
     <w:rsid w:val="00117ED4"/>
     <w:rsid w:val="001230FB"/>
     <w:rsid w:val="00133411"/>
     <w:rsid w:val="001567D7"/>
+    <w:rsid w:val="00184875"/>
+    <w:rsid w:val="00201CF7"/>
     <w:rsid w:val="002332A0"/>
     <w:rsid w:val="002466F3"/>
     <w:rsid w:val="002755E4"/>
     <w:rsid w:val="0029182B"/>
     <w:rsid w:val="003040C2"/>
     <w:rsid w:val="00345D34"/>
     <w:rsid w:val="003A701A"/>
     <w:rsid w:val="003B77FD"/>
     <w:rsid w:val="003C3DEB"/>
     <w:rsid w:val="003C6900"/>
     <w:rsid w:val="003E3BDF"/>
     <w:rsid w:val="004103E9"/>
     <w:rsid w:val="0041544B"/>
     <w:rsid w:val="00416F37"/>
     <w:rsid w:val="00486900"/>
     <w:rsid w:val="004A4889"/>
     <w:rsid w:val="004B7F7B"/>
     <w:rsid w:val="004E2804"/>
     <w:rsid w:val="00521128"/>
     <w:rsid w:val="00552087"/>
     <w:rsid w:val="0056207D"/>
     <w:rsid w:val="005736C6"/>
     <w:rsid w:val="005A18DB"/>
     <w:rsid w:val="005A2C74"/>
     <w:rsid w:val="005B11A3"/>
     <w:rsid w:val="005C7E16"/>
     <w:rsid w:val="005D141D"/>
     <w:rsid w:val="005F0E0A"/>
     <w:rsid w:val="005F1741"/>
     <w:rsid w:val="005F7BA9"/>
     <w:rsid w:val="006120CF"/>
     <w:rsid w:val="006226CB"/>
     <w:rsid w:val="00663597"/>
     <w:rsid w:val="00665850"/>
     <w:rsid w:val="006A4A33"/>
     <w:rsid w:val="006B2857"/>
     <w:rsid w:val="006C65B4"/>
+    <w:rsid w:val="006D23C4"/>
+    <w:rsid w:val="00701948"/>
     <w:rsid w:val="00715B64"/>
     <w:rsid w:val="00754101"/>
     <w:rsid w:val="00760F69"/>
     <w:rsid w:val="00777578"/>
     <w:rsid w:val="00793758"/>
     <w:rsid w:val="007960B4"/>
     <w:rsid w:val="007E0F19"/>
     <w:rsid w:val="007F0951"/>
     <w:rsid w:val="00805356"/>
     <w:rsid w:val="00826A25"/>
     <w:rsid w:val="00861B3C"/>
     <w:rsid w:val="00867F84"/>
     <w:rsid w:val="008842E1"/>
     <w:rsid w:val="00891EF7"/>
     <w:rsid w:val="008A4832"/>
     <w:rsid w:val="009028D4"/>
     <w:rsid w:val="00966176"/>
     <w:rsid w:val="009B1A6A"/>
     <w:rsid w:val="009E53BA"/>
     <w:rsid w:val="00A13588"/>
     <w:rsid w:val="00A155ED"/>
     <w:rsid w:val="00A54280"/>
     <w:rsid w:val="00A81ACC"/>
     <w:rsid w:val="00A83DAD"/>
     <w:rsid w:val="00AA73E9"/>
     <w:rsid w:val="00AA7A78"/>
     <w:rsid w:val="00AB48EE"/>
     <w:rsid w:val="00AD1F3E"/>
     <w:rsid w:val="00B12E60"/>
     <w:rsid w:val="00B23146"/>
+    <w:rsid w:val="00B4260C"/>
     <w:rsid w:val="00B42CF2"/>
-    <w:rsid w:val="00B85C7B"/>
     <w:rsid w:val="00BA0344"/>
     <w:rsid w:val="00BA4551"/>
     <w:rsid w:val="00BA6C7D"/>
+    <w:rsid w:val="00BC57C8"/>
     <w:rsid w:val="00BC7C56"/>
     <w:rsid w:val="00BD2E74"/>
     <w:rsid w:val="00BF7149"/>
-    <w:rsid w:val="00BF76D5"/>
     <w:rsid w:val="00C4081B"/>
     <w:rsid w:val="00C75630"/>
     <w:rsid w:val="00CA508F"/>
     <w:rsid w:val="00D0227D"/>
     <w:rsid w:val="00D03C50"/>
     <w:rsid w:val="00D11973"/>
+    <w:rsid w:val="00D633B7"/>
     <w:rsid w:val="00D7482F"/>
     <w:rsid w:val="00DA7BF2"/>
     <w:rsid w:val="00DC27A5"/>
     <w:rsid w:val="00DC3F15"/>
     <w:rsid w:val="00DE6060"/>
     <w:rsid w:val="00DE668B"/>
     <w:rsid w:val="00E12869"/>
     <w:rsid w:val="00E601F8"/>
     <w:rsid w:val="00E67147"/>
     <w:rsid w:val="00EA0E93"/>
     <w:rsid w:val="00EC22DA"/>
     <w:rsid w:val="00EC6360"/>
     <w:rsid w:val="00EE0F46"/>
+    <w:rsid w:val="00F2277A"/>
     <w:rsid w:val="00F5594A"/>
     <w:rsid w:val="00F76574"/>
     <w:rsid w:val="00F93AFD"/>
     <w:rsid w:val="00FB3633"/>
     <w:rsid w:val="00FF7887"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -9829,51 +9851,51 @@
         <w:div w:id="1032267044">
           <w:marLeft w:val="1267"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="77"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.responsiblesourcingtool.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.verite.org/commodity-atlas/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.walkfree.org/global-slavery-index/map/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.business-humanrights.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/procurement-act-2023-guidance-documents-plan-phase/guidance-reserving-contracts-for-supported-employment-providers-html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/ppn-0121-social-value-procurement" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/ppn-0121-social-value-procurement" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/procurement-act-2023-guidance-documents-plan-phase/guidance-reserving-contracts-for-supported-employment-providers-html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/ppn-0121-social-value-procurement" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/ppn-0121-social-value-procurement" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.economy-ni.gov.uk/articles/circular-economy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daera-ni.gov.uk/articles/waste-hierarchy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -9990,101 +10012,105 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E36CD"/>
     <w:rsid w:val="004250F0"/>
     <w:rsid w:val="00441535"/>
     <w:rsid w:val="00467F54"/>
     <w:rsid w:val="00485028"/>
     <w:rsid w:val="004E2804"/>
+    <w:rsid w:val="006B0BD7"/>
     <w:rsid w:val="006C5779"/>
     <w:rsid w:val="006E36CD"/>
+    <w:rsid w:val="00701948"/>
     <w:rsid w:val="007960B4"/>
+    <w:rsid w:val="00971579"/>
     <w:rsid w:val="00A83DAD"/>
     <w:rsid w:val="00AA73E9"/>
+    <w:rsid w:val="00B308BE"/>
+    <w:rsid w:val="00BC57C8"/>
     <w:rsid w:val="00DE668B"/>
-    <w:rsid w:val="00ED2F6C"/>
     <w:rsid w:val="00F76574"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -10802,69 +10828,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EC12613-A16C-4DE7-8373-50E3739AC6B0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1459</Words>
-  <Characters>8319</Characters>
+  <Words>1607</Words>
+  <Characters>9050</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>226</Lines>
+  <Paragraphs>134</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NICS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9759</CharactersWithSpaces>
+  <CharactersWithSpaces>10523</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lizzie Scott</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>