--- v0 (2025-10-09)
+++ v1 (2025-12-01)
@@ -324,95 +324,93 @@
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="38"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:highlight w:val="yellow"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="001C6433">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:highlight w:val="yellow"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Social value requirements should be tailored for each contract</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0DD29519" w14:textId="32228BE9" w:rsidR="001C6433" w:rsidRPr="001C6433" w:rsidRDefault="001926C0" w:rsidP="009C1F2F">
+                          <w:p w14:paraId="0DD29519" w14:textId="03A86520" w:rsidR="001C6433" w:rsidRPr="001C6433" w:rsidRDefault="001926C0" w:rsidP="009C1F2F">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="38"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:highlight w:val="yellow"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="001C6433">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:highlight w:val="yellow"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Under the fixed indicator approach, the authority will select the most relevant social value theme(s) and indicator(s) </w:t>
                             </w:r>
                             <w:r w:rsidRPr="001C6433">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:highlight w:val="yellow"/>
                               </w:rPr>
                               <w:t xml:space="preserve">from </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-                            <w:r w:rsidRPr="001C6433">
+                            <w:r w:rsidR="00B448B3">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:highlight w:val="yellow"/>
                               </w:rPr>
-                              <w:t>ppn</w:t>
+                              <w:t>PPN</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="001C6433">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:highlight w:val="yellow"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> 01/21 based on the risks and opportunities analysis, the priorities set out in the departmental social value strategy and the subject matter of the contract. </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="6626E777" w14:textId="211CAE17" w:rsidR="003866A2" w:rsidRPr="001C6433" w:rsidRDefault="001926C0" w:rsidP="009C1F2F">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="38"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:highlight w:val="yellow"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
@@ -477,95 +475,93 @@
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="38"/>
                         </w:numPr>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:highlight w:val="yellow"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="001C6433">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:highlight w:val="yellow"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Social value requirements should be tailored for each contract</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0DD29519" w14:textId="32228BE9" w:rsidR="001C6433" w:rsidRPr="001C6433" w:rsidRDefault="001926C0" w:rsidP="009C1F2F">
+                    <w:p w14:paraId="0DD29519" w14:textId="03A86520" w:rsidR="001C6433" w:rsidRPr="001C6433" w:rsidRDefault="001926C0" w:rsidP="009C1F2F">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="38"/>
                         </w:numPr>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:highlight w:val="yellow"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="001C6433">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:highlight w:val="yellow"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Under the fixed indicator approach, the authority will select the most relevant social value theme(s) and indicator(s) </w:t>
                       </w:r>
                       <w:r w:rsidRPr="001C6433">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:highlight w:val="yellow"/>
                         </w:rPr>
                         <w:t xml:space="preserve">from </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-                      <w:r w:rsidRPr="001C6433">
+                      <w:r w:rsidR="00B448B3">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:highlight w:val="yellow"/>
                         </w:rPr>
-                        <w:t>ppn</w:t>
+                        <w:t>PPN</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="001C6433">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:highlight w:val="yellow"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> 01/21 based on the risks and opportunities analysis, the priorities set out in the departmental social value strategy and the subject matter of the contract. </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="6626E777" w14:textId="211CAE17" w:rsidR="003866A2" w:rsidRPr="001C6433" w:rsidRDefault="001926C0" w:rsidP="009C1F2F">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="38"/>
                         </w:numPr>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:highlight w:val="yellow"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
@@ -663,51 +659,50 @@
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SCHEDULE </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b w:val="0"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:alias w:val="insert Schedule number"/>
           <w:tag w:val="insert Schedule number"/>
           <w:id w:val="231894193"/>
           <w:placeholder>
             <w:docPart w:val="151F08384FF6452AAEBD2EC594E1D38E"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:commentRangeStart w:id="0"/>
           <w:r w:rsidRPr="009C1F2F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="24"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
           <w:commentRangeEnd w:id="0"/>
           <w:r w:rsidR="009C1F2F">
             <w:rPr>
               <w:rStyle w:val="CommentReference"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
             </w:rPr>
             <w:commentReference w:id="0"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009C1F2F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -1317,237 +1312,145 @@
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="006C588D" w:rsidRPr="006044A4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">.0 Social Value </w:t>
       </w:r>
       <w:commentRangeStart w:id="6"/>
       <w:r w:rsidR="006C588D" w:rsidRPr="006044A4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Delivery</w:t>
       </w:r>
       <w:commentRangeEnd w:id="6"/>
       <w:r w:rsidR="004D7327">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="6"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6469F796" w14:textId="638A2020" w:rsidR="006C588D" w:rsidRDefault="006C588D" w:rsidP="00CA0FDF">
-[...1 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4FA35988" w14:textId="77777777" w:rsidR="00B448B3" w:rsidRPr="00B448B3" w:rsidRDefault="006C588D" w:rsidP="00B448B3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B448B3">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Theme 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B448B3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B448B3" w:rsidRPr="00B448B3">
+        <w:t>– Increasing secure employment and skills</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6469F796" w14:textId="7D555C5E" w:rsidR="006C588D" w:rsidRPr="00B448B3" w:rsidRDefault="00B448B3" w:rsidP="00B448B3">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00896B9E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Theme 1 - the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F14ACC">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="006C588D" w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14ACC" w:rsidRPr="00B448B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00896B9E">
+      <w:r w:rsidR="006C588D" w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">upplier will deliver the employment and skills related initiatives </w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Hlk188021104"/>
-      <w:r w:rsidR="002C76D1">
+      <w:r w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">in line with the </w:t>
-[...107 lines deleted...]
-        <w:t>, at the Authority’s discretion.</w:t>
+        <w:t>in line with the activities identified within their tender methodology and the requirements set out in this Schedule, or as otherwise agreed by the Authority, at the Authority’s discretion.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="45E75038" w14:textId="1024C8BC" w:rsidR="00873C9B" w:rsidRPr="00873C9B" w:rsidRDefault="00873C9B" w:rsidP="006A17F9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="9"/>
+      <w:commentRangeStart w:id="8"/>
       <w:r w:rsidRPr="00873C9B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicator 1.1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00873C9B">
         <w:t>Create employment, retraining and other return to work opportunities for those furthest from the labour market and/or from deprived areas.</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="9"/>
+      <w:commentRangeEnd w:id="8"/>
       <w:r w:rsidR="00473F94">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="9"/>
+        <w:commentReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A9E93C0" w14:textId="2D22145B" w:rsidR="007110F9" w:rsidRPr="00337F5C" w:rsidRDefault="007110F9" w:rsidP="006A17F9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>X.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Paid Employment Opportunities</w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
@@ -1633,51 +1536,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  The Supplier must ensure that they satisfy one of the following categories</w:t>
       </w:r>
       <w:r w:rsidR="00AE0821" w:rsidRPr="00AE0821">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="115CAD0F" w14:textId="7BA9BDE8" w:rsidR="007110F9" w:rsidRPr="00454C8C" w:rsidRDefault="007110F9" w:rsidP="007110F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="10"/>
+      <w:commentRangeStart w:id="9"/>
       <w:r w:rsidRPr="00454C8C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a person who is in education or has left education in the last 12 months </w:t>
       </w:r>
       <w:r w:rsidRPr="00454C8C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00454C8C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> is seeking employment;   </w:t>
       </w:r>
@@ -1779,151 +1682,144 @@
         <w:t>people who are underrepresented in the contract's workforce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E3B2830" w14:textId="77777777" w:rsidR="007110F9" w:rsidRPr="00454C8C" w:rsidRDefault="007110F9" w:rsidP="007110F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>another person who faces barriers to employment or who is at risk of social exclusion, as accepted by the Authority, at the Authority’s discretion</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="10"/>
+      <w:commentRangeEnd w:id="9"/>
       <w:r w:rsidR="00753082">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="10"/>
+        <w:commentReference w:id="9"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E81ABEE" w14:textId="0E15CD26" w:rsidR="007110F9" w:rsidRPr="002A578A" w:rsidRDefault="007110F9" w:rsidP="001A1479">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Each employment vacancy must be notified to </w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="_Hlk109906009"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk109906009"/>
       <w:r w:rsidR="00415B87">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00415B87">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText>HYPERLINK "http://</w:instrText>
       </w:r>
       <w:r w:rsidR="00415B87" w:rsidRPr="00D71560">
         <w:instrText>www.jobapplyni.com</w:instrText>
       </w:r>
       <w:r w:rsidR="00415B87">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText>"</w:instrText>
       </w:r>
       <w:r w:rsidR="00415B87">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00415B87">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00415B87" w:rsidRPr="00415B87">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>www.jobapplyni.com</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="00415B87">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and one or more organisations registered on the Social Value Unit website (</w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00AB28D4" w:rsidRPr="0070188A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.socialvalueni.org/contractors/find-a-broker/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">) and/or equivalent agencies named </w:t>
-[...7 lines deleted...]
-        <w:t>by or agreed with the Authority for this purpose. Sufficient time must be allowed for information on vacancies to be made available and applications submitted.</w:t>
+        <w:t>) and/or equivalent agencies named by or agreed with the Authority for this purpose. Sufficient time must be allowed for information on vacancies to be made available and applications submitted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FAD91EB" w14:textId="77777777" w:rsidR="007110F9" w:rsidRPr="002A578A" w:rsidRDefault="007110F9" w:rsidP="001A1479">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>X.1</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -2145,159 +2041,152 @@
       <w:r w:rsidR="00343624" w:rsidRPr="00753082">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>are located in</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00343624" w:rsidRPr="00753082">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> deprived areas</w:t>
       </w:r>
       <w:r w:rsidR="00343624" w:rsidRPr="00753082">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. This can include for example, people who are long-term </w:t>
       </w:r>
-      <w:commentRangeStart w:id="12"/>
+      <w:commentRangeStart w:id="11"/>
       <w:r w:rsidR="00343624" w:rsidRPr="00753082">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>unemployed</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="12"/>
+      <w:commentRangeEnd w:id="11"/>
       <w:r w:rsidR="00343624" w:rsidRPr="00CA3DA8">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:commentReference w:id="12"/>
+        <w:commentReference w:id="11"/>
       </w:r>
       <w:r w:rsidR="00343624" w:rsidRPr="00753082">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, people who are located in deprived areas</w:t>
       </w:r>
       <w:r w:rsidR="00343624" w:rsidRPr="00CA3DA8">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidR="00343624" w:rsidRPr="00753082">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, people who have a disability and people who are underrepresented in the contract’s workforce. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="339EE5BA" w14:textId="7688E2D4" w:rsidR="00343624" w:rsidRPr="00CA3DA8" w:rsidRDefault="00343624" w:rsidP="00343624">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3DA8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The Supplier is to provide work placement participants with meaningful work experience, training</w:t>
       </w:r>
       <w:r w:rsidR="003E67BB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3DA8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>development</w:t>
       </w:r>
       <w:r w:rsidR="003E67BB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and mentoring</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3DA8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> which will enhance their opportunities for future employment. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71DFDFEB" w14:textId="77777777" w:rsidR="00343624" w:rsidRPr="00CA3DA8" w:rsidRDefault="00343624" w:rsidP="00343624">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3DA8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Each unpaid work placement opportunity must be notified to one or more organisations registered on the Social Value Unit website </w:t>
-[...7 lines deleted...]
-        <w:t>(</w:t>
+        <w:t>Each unpaid work placement opportunity must be notified to one or more organisations registered on the Social Value Unit website (</w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00CA3DA8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.socialvalueni.org/Suppliers/find-a-broker/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CA3DA8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) and/or equivalent agencies named by or agreed with the Authority for this purpose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="349E21EC" w14:textId="77777777" w:rsidR="00343624" w:rsidRPr="00CA3DA8" w:rsidRDefault="00343624" w:rsidP="00343624">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2354,65 +2243,65 @@
         </w:rPr>
         <w:t xml:space="preserve">Where the Supplier selects to deliver this initiative within its methodology submitted at tender stage, the Supplier will provide </w:t>
       </w:r>
       <w:r w:rsidR="00343624" w:rsidRPr="00CA3DA8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>skills development and educational attainment support in areas related to the contract to an education provider or organisation within the Voluntary, Community and Social Enterprise sector to aid the career development o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">f </w:t>
       </w:r>
       <w:r w:rsidR="00343624" w:rsidRPr="00753082">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">people who are considered to be disadvantaged in the labour market or at risk of social exclusion. This can include for example, </w:t>
       </w:r>
-      <w:commentRangeStart w:id="14"/>
+      <w:commentRangeStart w:id="13"/>
       <w:r w:rsidR="00343624" w:rsidRPr="00753082">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">people who are long-term unemployed, people who are located in deprived areas, people who have a disability and people who are underrepresented in the contract’s workforce. </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="14"/>
+      <w:commentRangeEnd w:id="13"/>
       <w:r w:rsidR="00473F94">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="14"/>
+        <w:commentReference w:id="13"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="40517F78" w14:textId="77777777" w:rsidR="003E67BB" w:rsidRPr="002A578A" w:rsidRDefault="003E67BB" w:rsidP="003E67BB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This support can include</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, for example:</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
@@ -2451,127 +2340,127 @@
         </w:rPr>
         <w:t>Each opportunity must be notified to one or more organisations registered on the Social Value Unit website (</w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00CA3DA8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.socialvalueni.org/Suppliers/find-a-broker/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CA3DA8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) and/or equivalent agencies named by or agreed with the Authority for this purpose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C8B2D36" w14:textId="03FB2DDE" w:rsidR="00343624" w:rsidRPr="00873C9B" w:rsidRDefault="00343624" w:rsidP="006A17F9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Hlk182469007"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk182469007"/>
       <w:r w:rsidRPr="00873C9B">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00873C9B">
         <w:tab/>
         <w:t>Financial support for skills development and educational attainment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3252552C" w14:textId="34812161" w:rsidR="00343624" w:rsidRPr="00873C9B" w:rsidRDefault="006265B1" w:rsidP="00343624">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Where the Supplier selects to deliver this initiative within its methodology submitted at tender stage, the Supplier will provide </w:t>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="_Hlk189129089"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk189129089"/>
       <w:r w:rsidR="00343624" w:rsidRPr="00873C9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>financial donations to support people within Northern Ireland who face barriers to employment to gain recognised qualifications</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="00343624" w:rsidRPr="00873C9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. This may include, for example, </w:t>
       </w:r>
-      <w:commentRangeStart w:id="17"/>
+      <w:commentRangeStart w:id="16"/>
       <w:r w:rsidR="00343624" w:rsidRPr="00873C9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>people who are long-term unemployed, young people who are Not in Education, Employment or Training (NEET), people who are located in deprived areas</w:t>
+        <w:t xml:space="preserve">people who are long-term unemployed, young people who are Not in Education, Employment or Training (NEET), people who are located in </w:t>
       </w:r>
       <w:r w:rsidR="00343624" w:rsidRPr="00873C9B">
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>deprived areas</w:t>
+      </w:r>
+      <w:r w:rsidR="00343624" w:rsidRPr="00873C9B">
+        <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidR="00343624" w:rsidRPr="00873C9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and are new to the sector, people who are from ethnic minority communities and are new to the sector and people from an underrepresented gender </w:t>
-[...9 lines deleted...]
-      <w:commentRangeEnd w:id="17"/>
+        <w:t xml:space="preserve"> and are new to the sector, people who are from ethnic minority communities and are new to the sector and people from an underrepresented gender group within the sector, or another group who face barriers to employment as agreed with the Authority, at the Authority’s discretion. </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="16"/>
       <w:r w:rsidR="00EA7094">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="17"/>
+        <w:commentReference w:id="16"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B9A49D6" w14:textId="77777777" w:rsidR="00343624" w:rsidRPr="00873C9B" w:rsidRDefault="00343624" w:rsidP="00343624">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873C9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The financial support can include donations towards tuition fees and relevant resources (e.g. course textbooks) or as otherwise agreed by the Authority.  The Supplier shall agree the scope of financial donations with the Authority prior to delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="090F49D9" w14:textId="77777777" w:rsidR="00343624" w:rsidRPr="00873C9B" w:rsidRDefault="00343624" w:rsidP="00343624">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2586,54 +2475,54 @@
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00873C9B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.socialvalueni.org/Contractors/find-a-broker/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00873C9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) and/or equivalent agencies named by or agreed with the Authority for this purpose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B9E7905" w14:textId="77777777" w:rsidR="002B7047" w:rsidRPr="009060DE" w:rsidRDefault="002B7047" w:rsidP="006A17F9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Hlk127272461"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk127272461"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk135058677"/>
+      <w:bookmarkStart w:id="20" w:name="_Hlk183010536"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="001926C0">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="001926C0">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001926C0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Positive action outreach plan – Disabled People</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="299584B1" w14:textId="136DD964" w:rsidR="002B7047" w:rsidRPr="009060DE" w:rsidRDefault="002B7047" w:rsidP="002B7047">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -2783,74 +2672,75 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009060DE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Further detailed guidance on developing and implementing lawful positive action outreach is available from the Equality Commission of NI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="009060DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>PositiveActionEmployerGuide.pdf (equalityni.org)</w:t>
         </w:r>
       </w:hyperlink>
+      <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="257CC1E5" w14:textId="77777777" w:rsidR="002B7047" w:rsidRPr="006A17F9" w:rsidRDefault="002B7047" w:rsidP="006A17F9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001926C0">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>X.0 Equality, diversity and inclusion positive action</w:t>
       </w:r>
       <w:r w:rsidRPr="006A17F9">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E273214" w14:textId="4D6DE533" w:rsidR="002B7047" w:rsidRPr="00697757" w:rsidRDefault="002B7047" w:rsidP="002B7047">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -2879,51 +2769,50 @@
       <w:r w:rsidRPr="00697757">
         <w:rPr>
           <w:rStyle w:val="cf31"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> This can include the preparation of a positive action plan, attending meetings and developing partnerships with potential brokers, the preparation and delivery of engagement activities, or other activities as agreed by the Authority, at the Authority’s discretion. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B8F27A" w14:textId="77777777" w:rsidR="002B7047" w:rsidRPr="00697757" w:rsidRDefault="002B7047" w:rsidP="002B7047">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697757">
         <w:rPr>
           <w:rStyle w:val="cf31"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">You will find further information on lawful positive action from the Equality Commission for Northern Ireland </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00697757">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00697757">
         <w:rPr>
           <w:rStyle w:val="cf31"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Further detailed guidance on developing and implementing lawful positive action outreach is available from the Equality Commission of NI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00697757">
           <w:rPr>
             <w:rStyle w:val="cf31"/>
@@ -2941,51 +2830,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="001926C0">
         <w:t>X.0 Mentoring/pastoral support for those employees engaged on the contract who are disadvantaged</w:t>
       </w:r>
       <w:r w:rsidR="00573742" w:rsidRPr="001926C0">
         <w:t xml:space="preserve"> to remain in employment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5320F68D" w14:textId="5735126F" w:rsidR="002B7047" w:rsidRPr="002A578A" w:rsidRDefault="002B7047" w:rsidP="002B7047">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Where the Supplier selects to deliver this initiative within its methodology submitted at tender stage, the Supplier will provide mentoring/pastoral support for those employees engaged on the contract who are disadvantaged. This could include, </w:t>
       </w:r>
-      <w:commentRangeStart w:id="22"/>
+      <w:commentRangeStart w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for example, </w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">people who </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>were</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
@@ -3029,56 +2918,56 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s workforce.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="22"/>
+      <w:commentRangeEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="22"/>
+        <w:commentReference w:id="21"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="329F4E59" w14:textId="77777777" w:rsidR="002B7047" w:rsidRDefault="002B7047" w:rsidP="002B7047">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The supplier shall deliver mentoring/pastoral support initiatives which will support the employee to address issues which may be a barrier to their ability to remain in employment.  </w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
@@ -3090,137 +2979,137 @@
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall agree the scope of activities with the Authority prior to delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E5BEA6" w14:textId="77777777" w:rsidR="002B7047" w:rsidRDefault="002B7047" w:rsidP="00343624">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AE295D2" w14:textId="77777777" w:rsidR="009649E4" w:rsidRPr="00873C9B" w:rsidRDefault="009649E4" w:rsidP="006A17F9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00873C9B">
         <w:t>Indicator 1.2 Create employment and training opportunities in industries with known skills shortages or in high growth sectors.</w:t>
       </w:r>
-      <w:commentRangeStart w:id="23"/>
-      <w:commentRangeEnd w:id="23"/>
+      <w:commentRangeStart w:id="22"/>
+      <w:commentRangeEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="23"/>
+        <w:commentReference w:id="22"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73DC9351" w14:textId="77777777" w:rsidR="006A17F9" w:rsidRDefault="006A17F9" w:rsidP="006A17F9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E912BB1" w14:textId="48D6CF54" w:rsidR="009649E4" w:rsidRPr="006A17F9" w:rsidRDefault="00F14ACC" w:rsidP="006A17F9">
       <w:r w:rsidRPr="006A17F9">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="006A17F9">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>See drafting note – if including indicator 1.2, use the clauses set out above for indicator 1.1</w:t>
       </w:r>
       <w:r w:rsidRPr="006A17F9">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BF75B08" w14:textId="77777777" w:rsidR="006265B1" w:rsidRDefault="006265B1" w:rsidP="006A17F9">
       <w:pPr>
         <w:rPr>
-          <w:ins w:id="24" w:author="Author" w:date="2025-01-16T11:27:00Z" w16du:dateUtc="2025-01-16T11:27:00Z"/>
+          <w:ins w:id="23" w:author="Author" w:date="2025-01-16T11:27:00Z" w16du:dateUtc="2025-01-16T11:27:00Z"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16CA2FAD" w14:textId="7BB85813" w:rsidR="00CA3DA8" w:rsidRDefault="00A23B87" w:rsidP="006A17F9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:commentRangeStart w:id="25"/>
+      <w:commentRangeStart w:id="24"/>
       <w:r w:rsidRPr="00A23B87">
+        <w:lastRenderedPageBreak/>
         <w:t>Indicator 1.</w:t>
       </w:r>
       <w:r w:rsidR="00CA3DA8">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A23B87">
         <w:t xml:space="preserve"> Create employment and training opportunities that support a more resource efficient, greener and low carbon economy.</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="25"/>
+      <w:commentRangeEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="25"/>
+        <w:commentReference w:id="24"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1190C3F1" w14:textId="77777777" w:rsidR="00A427BB" w:rsidRPr="0043176E" w:rsidRDefault="00A427BB" w:rsidP="00A427BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043176E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">According to DAERA’s Green Growth Strategy, green jobs should focus on developing a low carbon, skilled workforce with more people working in jobs that contribute to climate action and a clean environment. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="486CD1B4" w14:textId="77777777" w:rsidR="006265B1" w:rsidRPr="002A578A" w:rsidRDefault="006265B1" w:rsidP="006A17F9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Paid Employment </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Opportunities  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
@@ -3265,51 +3154,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> one of the following categories</w:t>
       </w:r>
       <w:r w:rsidR="006265B1" w:rsidRPr="003609A9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="061AB7E9" w14:textId="77777777" w:rsidR="006265B1" w:rsidRPr="002A578A" w:rsidRDefault="006265B1" w:rsidP="006265B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="26"/>
+      <w:commentRangeStart w:id="25"/>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a person who is in education or has left education in the last 12 months </w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> is seeking employment;   </w:t>
       </w:r>
@@ -3463,56 +3352,56 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0D569463" w14:textId="77777777" w:rsidR="006265B1" w:rsidRPr="002A578A" w:rsidRDefault="006265B1" w:rsidP="006265B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>another person who faces barriers to employment or who is at risk of social exclusion and is seeking employment, as accepted by the Authority, at the Authority’s discretion</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="26"/>
+      <w:commentRangeEnd w:id="25"/>
       <w:r w:rsidR="00495E7C">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="26"/>
+        <w:commentReference w:id="25"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="59FAC200" w14:textId="77777777" w:rsidR="006265B1" w:rsidRDefault="006265B1" w:rsidP="006265B1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Each employment vacancy must be notified to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>JobApplyNI (</w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
@@ -3532,51 +3421,59 @@
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and one or more organisations registered on the Social Value Unit website (</w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="004722EA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.socialvalueni.org/contractors/find-a-broker/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>) and/or equivalent agencies named by or agreed with the Authority for this purpose. Sufficient time must be allowed for information on vacancies to be made available and applications submitted.</w:t>
+        <w:t xml:space="preserve">) and/or equivalent agencies named </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A578A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>by or agreed with the Authority for this purpose. Sufficient time must be allowed for information on vacancies to be made available and applications submitted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B60F9D4" w14:textId="77777777" w:rsidR="006265B1" w:rsidRPr="002A578A" w:rsidRDefault="006265B1" w:rsidP="006265B1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>X.1</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3631,51 +3528,50 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>obtain training and accreditation relevant to the tasks they are expected to perform;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F7A5E66" w14:textId="77777777" w:rsidR="006265B1" w:rsidRPr="002A578A" w:rsidRDefault="006265B1" w:rsidP="006265B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">asked if they would like to receive support with numeracy, literacy and information technology, and those that do must be signposted to sources of training and accreditation for these Essential Skills; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04842B9A" w14:textId="77777777" w:rsidR="006265B1" w:rsidRDefault="006265B1" w:rsidP="006265B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>supported in undertaking training e.g. through flexible working arrangements, where practicable</w:t>
       </w:r>
@@ -3832,65 +3728,65 @@
       <w:r w:rsidR="006265B1" w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> deprived areas</w:t>
       </w:r>
       <w:r w:rsidR="006265B1">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidR="006265B1" w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. This can </w:t>
       </w:r>
-      <w:commentRangeStart w:id="27"/>
+      <w:commentRangeStart w:id="26"/>
       <w:r w:rsidR="006265B1" w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>include</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="27"/>
+      <w:commentRangeEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="27"/>
+        <w:commentReference w:id="26"/>
       </w:r>
       <w:r w:rsidR="006265B1" w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> people who are long-term unemployed, people who are located in deprived areas, people who have a disability, people who are unemployed and </w:t>
       </w:r>
       <w:r w:rsidR="006265B1" w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>have skills and experience in industries which are likely to be negatively impacted by the transition to a low carbon economy</w:t>
       </w:r>
       <w:r w:rsidR="006265B1" w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and people who are underrepresented in the contracts workforce. </w:t>
       </w:r>
     </w:p>
@@ -3906,51 +3802,59 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is to provide work placement participants with meaningful work experience, training and development which will enhance their opportunities for future employment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The work placements must focus on the provision of skills, training and technical knowledge required within the field of green jobs </w:t>
+        <w:t xml:space="preserve"> The work placements must focus on the provision of skills, training and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">technical knowledge required within the field of green jobs </w:t>
       </w:r>
       <w:r w:rsidRPr="0043176E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>focus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidRPr="0043176E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -4004,51 +3908,50 @@
           </w:rPr>
           <w:t>www.socialvalueni.org/contractors/find-a-broker/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) and/or equivalent agencies named by or agreed with the Authority for this purpose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB65E84" w14:textId="77777777" w:rsidR="006265B1" w:rsidRPr="00916CDA" w:rsidRDefault="006265B1" w:rsidP="006265B1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00916CDA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Department of Communities works with employers to offer meaning work placements. Learn more about the support available </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00916CDA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00916CDA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7022ACAF" w14:textId="77777777" w:rsidR="006265B1" w:rsidRPr="00CC1C75" w:rsidRDefault="006265B1" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC1C75">
@@ -4100,65 +4003,65 @@
         </w:rPr>
         <w:t>n education provider</w:t>
       </w:r>
       <w:r w:rsidR="006265B1" w:rsidRPr="00CC1C75">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or organisation within the Voluntary, Community and Social Enterprise sector to aid the career development of</w:t>
       </w:r>
       <w:r w:rsidR="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006265B1" w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">people who are considered to be disadvantaged in the labour market or at risk of social exclusion. This can </w:t>
       </w:r>
-      <w:commentRangeStart w:id="28"/>
+      <w:commentRangeStart w:id="27"/>
       <w:r w:rsidR="006265B1" w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>include</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="28"/>
+      <w:commentRangeEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="28"/>
+        <w:commentReference w:id="27"/>
       </w:r>
       <w:r w:rsidR="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, for example,</w:t>
       </w:r>
       <w:r w:rsidR="006265B1" w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> people who are long-term unemployed, people who </w:t>
       </w:r>
       <w:r w:rsidR="006265B1" w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>have skills and experience in industries which are likely to be negatively impacted by the transition to a low carbon economy,</w:t>
       </w:r>
       <w:r w:rsidR="006265B1" w:rsidRPr="006265B1">
@@ -4278,108 +4181,108 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall agree the scope of activities with the Authority prior to delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44801FDD" w14:textId="77777777" w:rsidR="006265B1" w:rsidRPr="008962B4" w:rsidRDefault="006265B1" w:rsidP="006265B1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008962B4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Each opportunity must be notified to one or more organisations registered on the Social Value Unit website (</w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="008962B4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.socialvalueni.org/Contractors/find-a-broker/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008962B4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) and/or equivalent agencies named by or agreed with the Authority for this purpose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E5B3A49" w14:textId="0BE0DD40" w:rsidR="006D5DD7" w:rsidRPr="005C7F60" w:rsidRDefault="006D5DD7" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="001926C0">
         <w:t>X.0 Mentoring/pastoral support for those employees engaged on the contract who are disadvantaged</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CD8039F" w14:textId="77777777" w:rsidR="006D5DD7" w:rsidRPr="002A578A" w:rsidRDefault="006D5DD7" w:rsidP="006D5DD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Where the Supplier selects to deliver this initiative within its methodology submitted at tender stage, the Supplier will provide mentoring/pastoral support for those employees engaged on the contract who are disadvantaged.  This could include, </w:t>
       </w:r>
-      <w:commentRangeStart w:id="29"/>
+      <w:commentRangeStart w:id="28"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for example, </w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">people who </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>were</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> long-term unemplo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">yed, </w:t>
@@ -4410,56 +4313,56 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s workforce.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="29"/>
+      <w:commentRangeEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="29"/>
+        <w:commentReference w:id="28"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="651D3615" w14:textId="0CEC6C72" w:rsidR="00795087" w:rsidRPr="000D5E4E" w:rsidRDefault="006D5DD7" w:rsidP="00795087">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The supplier shall deliver mentoring/pastoral support initiatives which will support the employee to address issues which may be a barrier to their ability to remain in employment</w:t>
       </w:r>
       <w:r w:rsidR="00795087">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
@@ -4523,101 +4426,102 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB2F7F">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB2F7F">
         <w:tab/>
         <w:t>Financial support for skills development and educational attainment – Green Skills and Jobs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51702DC7" w14:textId="77777777" w:rsidR="00CB2F7F" w:rsidRPr="00CB2F7F" w:rsidRDefault="00CB2F7F" w:rsidP="00CB2F7F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB2F7F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The provision of financial donations by the Supplier to support people within Northern Ireland who face barriers to employment to gain recognised qualifications that support a more resource efficient, greener and low carbon economy. This may include, for </w:t>
       </w:r>
-      <w:commentRangeStart w:id="30"/>
+      <w:commentRangeStart w:id="29"/>
       <w:r w:rsidRPr="00CB2F7F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>example</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="30"/>
+      <w:commentRangeEnd w:id="29"/>
       <w:r w:rsidRPr="00CB2F7F">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:commentReference w:id="30"/>
+        <w:commentReference w:id="29"/>
       </w:r>
       <w:r w:rsidRPr="00CB2F7F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, people who are long-term unemployed, young people who are Not in Education, Employment or Training (NEET), people who are located in deprived areas</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB2F7F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r w:rsidRPr="00CB2F7F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and are new to the sector, people who are from ethnic minority communities and are new to the sector and people from an underrepresented gender group within the sector, or another group who face barriers to employment as agreed with the Authority, at the Authority’s discretion. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5799091A" w14:textId="77777777" w:rsidR="00CB2F7F" w:rsidRPr="00CB2F7F" w:rsidRDefault="00CB2F7F" w:rsidP="00CB2F7F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB2F7F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The financial support can include donations towards tuition fees and relevant resources (e.g. course textbooks) or as otherwise agreed by the Authority.  The Supplier shall agree the scope of financial donations with the Authority prior to delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24FF142C" w14:textId="77777777" w:rsidR="00CB2F7F" w:rsidRPr="00CB2F7F" w:rsidRDefault="00CB2F7F" w:rsidP="00CB2F7F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB2F7F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Each financial support opportunity must be notified to one or more organisations registered on the Social Value Unit website (</w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00CB2F7F">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
@@ -4625,86 +4529,85 @@
           <w:t>www.socialvalueni.org/Contractors/find-a-broker/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CB2F7F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) and/or equivalent agencies named by or agreed with the Authority for this purpose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BA654B6" w14:textId="77777777" w:rsidR="00795087" w:rsidRPr="006D5DD7" w:rsidRDefault="00795087" w:rsidP="006D5DD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E50CD28" w14:textId="4D0573C8" w:rsidR="00CA3DA8" w:rsidRPr="00F6239B" w:rsidRDefault="00CA3DA8" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F6239B">
-        <w:lastRenderedPageBreak/>
         <w:t>Indicator 1.</w:t>
       </w:r>
       <w:r w:rsidR="00F6239B" w:rsidRPr="00F6239B">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6239B">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00F6239B" w:rsidRPr="00F6239B">
         <w:t xml:space="preserve">Support in-work progression and educational attainment in the workforce, including </w:t>
       </w:r>
       <w:r w:rsidR="00F6239B" w:rsidRPr="00F6239B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">training schemes that address skill gaps and result in recognised qualifications, to help people to move into higher paid work by developing new </w:t>
       </w:r>
-      <w:commentRangeStart w:id="31"/>
+      <w:commentRangeStart w:id="30"/>
       <w:r w:rsidR="00F6239B" w:rsidRPr="00F6239B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>skills</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="31"/>
+      <w:commentRangeEnd w:id="30"/>
       <w:r w:rsidR="00123E1D">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="31"/>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
+        <w:commentReference w:id="30"/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p w14:paraId="06B8D4D2" w14:textId="77777777" w:rsidR="00F6239B" w:rsidRDefault="00F6239B" w:rsidP="00DC6001">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77D668F9" w14:textId="2102E285" w:rsidR="00343624" w:rsidRPr="009D7608" w:rsidRDefault="00343624" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="009D7608">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="009D7608">
         <w:tab/>
         <w:t xml:space="preserve">In-work progression and skills development for employees who are disadvantaged </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77860D6B" w14:textId="77777777" w:rsidR="00343624" w:rsidRPr="00123E1D" w:rsidRDefault="00343624" w:rsidP="00343624">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
@@ -4751,102 +4654,103 @@
       </w:r>
       <w:r w:rsidR="00343624" w:rsidRPr="00123E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">he Supplier will </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>provide</w:t>
       </w:r>
       <w:r w:rsidR="00343624" w:rsidRPr="00123E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> activities to promote and support In-work Progression and Skills Development in the contract’s workforce for those employees who are disadvantaged. This </w:t>
       </w:r>
-      <w:commentRangeStart w:id="32"/>
+      <w:commentRangeStart w:id="31"/>
       <w:r w:rsidR="00343624" w:rsidRPr="00123E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>could</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="32"/>
+      <w:commentRangeEnd w:id="31"/>
       <w:r w:rsidR="00343624" w:rsidRPr="00D1796D">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:commentReference w:id="32"/>
+        <w:commentReference w:id="31"/>
       </w:r>
       <w:r w:rsidR="00343624" w:rsidRPr="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> include, for example, </w:t>
       </w:r>
       <w:r w:rsidR="00343624" w:rsidRPr="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>people who were long-term unemployed, people who have a disability, looked after children/care leavers and people who are underrepresented in the contract’s workforce.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D932A9" w14:textId="77777777" w:rsidR="00D4592D" w:rsidRDefault="00D4592D" w:rsidP="00D4592D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The Supplier will be required to report on scope of activities delivered, number of participants, number of training hours delivered, qualifications and learning outcomes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B1CA0B5" w14:textId="29F47B0E" w:rsidR="00D1796D" w:rsidRPr="005C7F60" w:rsidRDefault="00D1796D" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005C7F60">
         <w:t xml:space="preserve">X.0 </w:t>
       </w:r>
       <w:r>
         <w:t>Mentoring and training</w:t>
       </w:r>
       <w:r w:rsidRPr="005C7F60">
         <w:t xml:space="preserve"> support for those employees engaged on the contract who are disadvantaged</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="444E2E7F" w14:textId="74BB8806" w:rsidR="00D1796D" w:rsidRPr="002A578A" w:rsidRDefault="006D5DD7" w:rsidP="00D1796D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -4869,152 +4773,144 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">upplier will </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>provide</w:t>
       </w:r>
       <w:r w:rsidR="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> training and mentoring support for those employees engaged on the contract who are disadvantaged.  This could include</w:t>
       </w:r>
-      <w:commentRangeStart w:id="33"/>
+      <w:commentRangeStart w:id="32"/>
       <w:r w:rsidR="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, for </w:t>
+        <w:t xml:space="preserve">, for example, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1796D" w:rsidRPr="002A578A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">people who </w:t>
       </w:r>
       <w:r w:rsidR="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">example, </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>were</w:t>
       </w:r>
       <w:r w:rsidR="00D1796D" w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">people who </w:t>
+        <w:t xml:space="preserve"> long-term unemplo</w:t>
       </w:r>
       <w:r w:rsidR="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>were</w:t>
+        <w:t xml:space="preserve">yed, </w:t>
       </w:r>
       <w:r w:rsidR="00D1796D" w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> long-term unemplo</w:t>
+        <w:t>people who have a disability</w:t>
       </w:r>
       <w:r w:rsidR="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">yed, </w:t>
+        <w:t>, looked after children/care leavers</w:t>
       </w:r>
       <w:r w:rsidR="00D1796D" w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>people who have a disability</w:t>
+        <w:t xml:space="preserve"> and people who are underrepresented in the contract</w:t>
       </w:r>
       <w:r w:rsidR="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, looked after children/care leavers</w:t>
+        <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00D1796D" w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and people who are underrepresented in the contract</w:t>
+        <w:t>s workforce.</w:t>
       </w:r>
       <w:r w:rsidR="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>’</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="32"/>
       <w:r w:rsidR="00D1796D">
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="33"/>
+        <w:commentReference w:id="32"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="35DE5A70" w14:textId="513BDA2F" w:rsidR="00D1796D" w:rsidRDefault="00D1796D" w:rsidP="00D1796D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The supplier shall deliver training and mentoring support initiatives which focus on, for example, supporting the employee to address issues which may be a barrier to their ability to remain in employment; </w:t>
       </w:r>
       <w:r w:rsidRPr="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>promot</w:t>
       </w:r>
@@ -5127,129 +5023,137 @@
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall agree the scope of activities with the Authority prior to delivery.</w:t>
       </w:r>
       <w:r w:rsidR="00343624" w:rsidRPr="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35674524" w14:textId="77777777" w:rsidR="00D4592D" w:rsidRPr="00D4592D" w:rsidRDefault="00D4592D" w:rsidP="00DC6001"/>
     <w:p w14:paraId="7571F81A" w14:textId="77777777" w:rsidR="00123E1D" w:rsidRDefault="00123E1D" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="34"/>
+      <w:commentRangeStart w:id="33"/>
       <w:r w:rsidRPr="00123E1D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Indicator 1.5 – Support in-work progression and training opportunities to help people gain new skills and recognised qualifications that are relevant to a more resource efficient, greener and low carbon economy.</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="34"/>
+      <w:commentRangeEnd w:id="33"/>
       <w:r w:rsidR="00D4592D">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="34"/>
+        <w:commentReference w:id="33"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="75E89DE4" w14:textId="77777777" w:rsidR="00123E1D" w:rsidRDefault="00123E1D" w:rsidP="00123E1D">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38E726DB" w14:textId="094838AD" w:rsidR="006D5DD7" w:rsidRPr="006D5DD7" w:rsidRDefault="006D5DD7" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="006D5DD7">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="006D5DD7">
         <w:tab/>
         <w:t xml:space="preserve">In-work progression and </w:t>
       </w:r>
       <w:r>
         <w:t>training opportunities relevant to a more resource efficient, greener and low carbon economy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16CA6CBD" w14:textId="1CCD1079" w:rsidR="006D5DD7" w:rsidRPr="00123E1D" w:rsidRDefault="006D5DD7" w:rsidP="00D4592D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The New Decade, New Approach Deal emphasised the importance of access to good jobs, where workers have a voice that provides a level of autonomy, a decent income, security of tenure, satisfying work in the right quantities and decent working conditions. The Skills Strategy for Northern Ireland (Skills for a 10x Economy) sets out the importance of tackling social and educational inequality, ensuring appropriate pathways are in place to enable all our citizens to reach their potential, benefitting from and contributing to a stronger, more prosperous, more resilient Northern Ireland.  Creating good jobs and protecting workers’ rights impacts upon better health and wellbeing by tackling inequalities, building self-efficacy and combating poverty and also helps employers to attract and retain the talent they need to grow and thrive.</w:t>
+        <w:t xml:space="preserve">The New Decade, New Approach Deal emphasised the importance of access to good jobs, where workers have a voice that provides a level of autonomy, a decent income, security of tenure, satisfying work in the right quantities and decent working conditions. The Skills Strategy for Northern Ireland (Skills for a 10x Economy) sets out the importance of tackling social and educational inequality, ensuring appropriate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123E1D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>pathways are in place to enable all our citizens to reach their potential, benefitting from and contributing to a stronger, more prosperous, more resilient Northern Ireland.  Creating good jobs and protecting workers’ rights impacts upon better health and wellbeing by tackling inequalities, building self-efficacy and combating poverty and also helps employers to attract and retain the talent they need to grow and thrive.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ACC4D8C" w14:textId="44D9ABB3" w:rsidR="006D5DD7" w:rsidRPr="006D5DD7" w:rsidRDefault="006D5DD7" w:rsidP="00DC6001">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D5DD7">
         <w:t xml:space="preserve">Where the Supplier selects to deliver this initiative within its methodology submitted at tender stage, the Supplier will provide activities to promote and support </w:t>
       </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="006D5DD7">
         <w:t xml:space="preserve">n-work </w:t>
       </w:r>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="006D5DD7">
         <w:t xml:space="preserve">rogression and </w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006D5DD7">
         <w:t xml:space="preserve">kills </w:t>
       </w:r>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="006D5DD7">
         <w:t>evelopment in the contract’s workforce designed to</w:t>
       </w:r>
       <w:r w:rsidRPr="006D5DD7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> help people gain new skills and recognised qualifications that are relevant to a more resource efficient, greener and low carbon economy.</w:t>
       </w:r>
     </w:p>
@@ -5316,51 +5220,51 @@
         <w:t>them</w:t>
       </w:r>
       <w:r w:rsidR="000D5E4E" w:rsidRPr="00123E1D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> gain new skills and recognised qualifications that are relevant to a more resource efficient, greener and low carbon economy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20AA5854" w14:textId="4527B76E" w:rsidR="006D5DD7" w:rsidRPr="002A578A" w:rsidRDefault="006D5DD7" w:rsidP="006D5DD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This could include</w:t>
       </w:r>
-      <w:commentRangeStart w:id="35"/>
+      <w:commentRangeStart w:id="34"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, for example, </w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">people who </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>were</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
@@ -5404,56 +5308,56 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s workforce.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="35"/>
+      <w:commentRangeEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="35"/>
+        <w:commentReference w:id="34"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="420B47B0" w14:textId="77777777" w:rsidR="006D5DD7" w:rsidRDefault="006D5DD7" w:rsidP="006D5DD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The supplier shall deliver training and mentoring support initiatives which focus on, for example, supporting the employee to address issues which may be a barrier to their ability to remain in employment; </w:t>
       </w:r>
       <w:r w:rsidRPr="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>promot</w:t>
       </w:r>
@@ -5533,50 +5437,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> employees who are undertaking skills development or management courses.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45C9F51E" w14:textId="77777777" w:rsidR="006D5DD7" w:rsidRDefault="006D5DD7" w:rsidP="006D5DD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall agree the scope of activities with the Authority prior to delivery.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -5664,82 +5569,81 @@
       <w:r w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> deprived areas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. This can </w:t>
       </w:r>
-      <w:commentRangeStart w:id="36"/>
+      <w:commentRangeStart w:id="35"/>
       <w:r w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>include</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="36"/>
+      <w:commentRangeEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="36"/>
+        <w:commentReference w:id="35"/>
       </w:r>
       <w:r w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> people who are long-term unemployed, people who </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>are located in</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> deprived areas, people who have a disability, people who are unemployed and </w:t>
       </w:r>
       <w:r w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>have skills and experience in industries which are likely to be negatively impacted by the transition to a low carbon economy</w:t>
       </w:r>
       <w:r w:rsidRPr="006265B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and people who are underrepresented in the contracts workforce. </w:t>
@@ -5959,50 +5863,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in areas related to the </w:t>
       </w:r>
       <w:r w:rsidR="00A3761E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contract workforce. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F29E0CD" w14:textId="76ED02D8" w:rsidR="00A3761E" w:rsidRPr="00300035" w:rsidRDefault="00C85ACD" w:rsidP="00C85ACD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">This support can include </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">formal and informal training focused on the development of green skills, </w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vocational talks</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> focused career development within the green jobs sector</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
@@ -6036,69 +5941,68 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, mentoring or as otherwise agreed by the Authority.  The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall agree the scope of activities with the Authority prior to delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57479829" w14:textId="77777777" w:rsidR="001501A6" w:rsidRPr="00CC1C75" w:rsidRDefault="001501A6" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:commentRangeStart w:id="37"/>
+      <w:commentRangeStart w:id="36"/>
       <w:r w:rsidRPr="00CC1C75">
-        <w:lastRenderedPageBreak/>
         <w:t>Indicator 1.</w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC1C75">
         <w:t xml:space="preserve"> – Increase the representation of disabled people in the contract workforce</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="37"/>
+      <w:commentRangeEnd w:id="36"/>
       <w:r w:rsidR="00A3761E">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="37"/>
+        <w:commentReference w:id="36"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="70A5317C" w14:textId="77777777" w:rsidR="001501A6" w:rsidRPr="00CC1C75" w:rsidRDefault="001501A6" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC1C75">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC1C75">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Paid Employment Opportunities  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C686506" w14:textId="67DF7DB9" w:rsidR="001501A6" w:rsidRPr="00CC1C75" w:rsidRDefault="00FB7C2D" w:rsidP="001501A6">
       <w:pPr>
@@ -6425,93 +6329,93 @@
         </w:rPr>
         <w:t xml:space="preserve"> either directly or through public or indus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>try sources that they identify.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54E02729" w14:textId="77777777" w:rsidR="001501A6" w:rsidRDefault="001501A6" w:rsidP="001501A6">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">To maximise employment opportunities on the contract for people with a disability suppliers are encouraged to </w:t>
       </w:r>
       <w:r w:rsidRPr="0043176E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>consider positive action measures to address representation of disabled people in the workforce, such as ring fencing jobs, guaranteed interview schemes, job trials, flexible working arrangements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="0043176E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="00CE6549">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>PositiveActionEmployerGuide.pdf (equalityni.org)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="364B338D" w14:textId="77777777" w:rsidR="001501A6" w:rsidRPr="002A578A" w:rsidRDefault="001501A6" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="001926C0">
-        <w:lastRenderedPageBreak/>
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="001926C0">
         <w:tab/>
         <w:t>Unwaged work placements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E057206" w14:textId="35EDEF6E" w:rsidR="001501A6" w:rsidRPr="007A7344" w:rsidRDefault="00FB7C2D" w:rsidP="001501A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Where the Supplier selects to deliver this initiative within its methodology submitted at tender stage, t</w:t>
       </w:r>
       <w:r w:rsidR="001501A6" w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -6866,50 +6770,51 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009060DE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Further detailed guidance on developing and implementing lawful positive action outreach is available from the Equality Commission of NI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="009060DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>PositiveActionEmployerGuide.pdf (equalityni.org)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7A026F66" w14:textId="46B3300A" w:rsidR="001501A6" w:rsidRPr="005C7F60" w:rsidRDefault="001501A6" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005C7F60">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">X.0 </w:t>
       </w:r>
       <w:r>
         <w:t>Training and mentoring</w:t>
       </w:r>
       <w:r w:rsidRPr="005C7F60">
         <w:t xml:space="preserve"> support for </w:t>
       </w:r>
       <w:r w:rsidR="002D6A8F">
         <w:t>disabled people</w:t>
       </w:r>
       <w:r w:rsidR="004D3944">
         <w:t xml:space="preserve"> on the contract workforce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2C7774" w14:textId="7CDFD380" w:rsidR="001501A6" w:rsidRPr="00FB7C2D" w:rsidRDefault="00FB7C2D" w:rsidP="001501A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -6931,112 +6836,103 @@
         </w:rPr>
         <w:t xml:space="preserve"> within the contract workforce </w:t>
       </w:r>
       <w:r w:rsidR="001501A6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>which will support the employe</w:t>
       </w:r>
       <w:r w:rsidR="001C1D5B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="001501A6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to </w:t>
+        <w:t xml:space="preserve"> to address issues which may be a barrier to their ability to remain in employment. </w:t>
+      </w:r>
+      <w:r w:rsidR="001501A6" w:rsidRPr="002A578A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="001501A6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">address issues which may be a barrier to their ability to remain in employment. </w:t>
+        </w:rPr>
+        <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidR="001501A6" w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> shall agree the scope of activities with the Authority prior to delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C6C3B2D" w14:textId="77777777" w:rsidR="001501A6" w:rsidRDefault="001501A6" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:commentRangeStart w:id="38"/>
+      <w:commentRangeStart w:id="37"/>
       <w:r w:rsidRPr="002A578A">
         <w:t>Indicator 1.</w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:t xml:space="preserve"> – Support disabled people to develop new skills and recognised qualifications</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="38"/>
+      <w:commentRangeEnd w:id="37"/>
       <w:r w:rsidR="004D3944">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="38"/>
+        <w:commentReference w:id="37"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="34FB68C0" w14:textId="77777777" w:rsidR="001501A6" w:rsidRPr="002A578A" w:rsidRDefault="001501A6" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Hlk140589698"/>
+      <w:bookmarkStart w:id="38" w:name="_Hlk140589698"/>
       <w:r w:rsidRPr="002A578A">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:tab/>
         <w:t>Unwaged work placements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BEE6C16" w14:textId="6FE7F21A" w:rsidR="001501A6" w:rsidRPr="00E32C8F" w:rsidRDefault="00FB7C2D" w:rsidP="001501A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Where the Supplier selects to deliver this initiative within its methodology submitted at tender stage, the Supplier will provide </w:t>
       </w:r>
       <w:r w:rsidR="001501A6" w:rsidRPr="002A578A">
         <w:rPr>
@@ -7114,51 +7010,51 @@
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Each unpaid work placement opportunity must be notified to one or more organisations registered on the Social Value Unit website (</w:t>
       </w:r>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="004722EA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.socialvalueni.org/contractors/find-a-broker/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) and/or equivalent agencies named by or agreed with the Authority for this purpose.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p w14:paraId="12BF426F" w14:textId="77777777" w:rsidR="00BC582E" w:rsidRDefault="00BC582E" w:rsidP="00BC582E">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00916CDA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Department of Communities works with employers to offer meaning work placements. Learn more about the support available </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00916CDA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
@@ -7266,50 +7162,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall agree the scope of activities with the Authority prior to delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A28995B" w14:textId="77777777" w:rsidR="001501A6" w:rsidRPr="002A578A" w:rsidRDefault="001501A6" w:rsidP="001501A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Each opportunity must be notified to one or more organisations registered on the Social Value Unit website (</w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="004722EA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.socialvalueni.org/contrators/find-a-broker/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) and/or equivalent agencies named by or agreed with the Authority for this purpose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14D9C1B7" w14:textId="3CE35B08" w:rsidR="001501A6" w:rsidRPr="008962B4" w:rsidRDefault="001501A6" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="008962B4">
@@ -7346,59 +7243,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Supplier will provide </w:t>
       </w:r>
       <w:r w:rsidR="001501A6" w:rsidRPr="008962B4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">financial donations to support </w:t>
       </w:r>
       <w:r w:rsidR="00E36E29">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">disabled </w:t>
       </w:r>
       <w:r w:rsidR="001501A6" w:rsidRPr="008962B4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">people </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">within Northern Ireland who face barriers to employment to gain recognised qualifications. </w:t>
+        <w:t xml:space="preserve">people within Northern Ireland who face barriers to employment to gain recognised qualifications. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="115277F8" w14:textId="77777777" w:rsidR="001501A6" w:rsidRPr="008962B4" w:rsidRDefault="001501A6" w:rsidP="001501A6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008962B4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The financial support can include donations towards tuition fees and relevant resources (e.g. course textbooks) or as otherwise agreed by the Authority.  The Supplier shall agree the scope of financial donations with the Authority prior to delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23D11DF8" w14:textId="77777777" w:rsidR="001501A6" w:rsidRPr="008962B4" w:rsidRDefault="001501A6" w:rsidP="001501A6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7633,252 +7522,157 @@
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7184629D" w14:textId="77777777" w:rsidR="00123E1D" w:rsidRDefault="00123E1D">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E3C71F6" w14:textId="61CC766D" w:rsidR="001B5ADC" w:rsidRDefault="001B5ADC" w:rsidP="00E36E29">
-[...1 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="61AF4F04" w14:textId="77777777" w:rsidR="00B448B3" w:rsidRPr="00B448B3" w:rsidRDefault="001B5ADC" w:rsidP="00B448B3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B448B3">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Theme 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B448B3" w:rsidRPr="00B448B3">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>: Building ethical and resilient supply chains</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E3C71F6" w14:textId="7F55594B" w:rsidR="001B5ADC" w:rsidRPr="00B448B3" w:rsidRDefault="00B448B3" w:rsidP="00B448B3">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="40"/>
-      <w:r w:rsidRPr="00896B9E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00123E1D">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5ADC" w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00123E1D" w:rsidRPr="00B448B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00896B9E">
+      <w:r w:rsidR="001B5ADC" w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>upplier will deliver initiatives to build ethical and resilient supply chains</w:t>
       </w:r>
-      <w:r w:rsidR="002C76D1">
+      <w:r w:rsidR="002C76D1" w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in line with the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00123E1D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>activities</w:t>
-[...112 lines deleted...]
-        <w:commentReference w:id="40"/>
+        <w:t>in line with the activities identified within their tender methodology and the requirements set out in this Schedule, or as otherwise agreed by the Authority, at the Authority’s discretion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22887F63" w14:textId="39EE3ACC" w:rsidR="00713A77" w:rsidRPr="00713A77" w:rsidRDefault="00581504" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="43"/>
+      <w:commentRangeStart w:id="39"/>
       <w:r w:rsidRPr="00581504">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicator 2.1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00581504">
         <w:t>– Collaborate with the contract’s supply chain to ensure fair work and workforce diversity throughout the supply chain.</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="43"/>
+      <w:commentRangeEnd w:id="39"/>
       <w:r w:rsidR="00775433">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="43"/>
+        <w:commentReference w:id="39"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="75B90D69" w14:textId="77777777" w:rsidR="00713A77" w:rsidRDefault="00713A77" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Supply Chain Map for the contract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78AA0540" w14:textId="77777777" w:rsidR="00713A77" w:rsidRPr="00126DE1" w:rsidRDefault="00713A77" w:rsidP="00713A77">
       <w:pPr>
@@ -7915,132 +7709,130 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ithin </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="insert number of days"/>
           <w:tag w:val="insert number of days"/>
           <w:id w:val="214475236"/>
           <w:placeholder>
             <w:docPart w:val="B0AB2337A0454B80A226FFE6A244E86C"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:commentRangeStart w:id="44"/>
+          <w:commentRangeStart w:id="40"/>
           <w:r w:rsidRPr="00126DE1">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:color w:val="808080"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
-          <w:commentRangeEnd w:id="44"/>
+          <w:commentRangeEnd w:id="40"/>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="CommentReference"/>
             </w:rPr>
-            <w:commentReference w:id="44"/>
+            <w:commentReference w:id="40"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> days of contract commencement.  The supply chain map will include </w:t>
       </w:r>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a review of expenditure and a risk assessment on the findings to identify products and/or services where there is a risk of modern slavery, human rights abuses and/or illegal or unethical employment practices within the supply chain.</w:t>
       </w:r>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="13"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D986395" w14:textId="77777777" w:rsidR="00713A77" w:rsidRPr="008962B4" w:rsidRDefault="00713A77" w:rsidP="00DC6001">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008962B4">
         <w:t xml:space="preserve">The supply chain map will be submitted to the Authority for review within </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:alias w:val="insert number of days"/>
           <w:tag w:val="insert number of days"/>
           <w:id w:val="52738593"/>
           <w:placeholder>
             <w:docPart w:val="37C888F0EE5C4991A7A76265A6C35CFD"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:commentRangeStart w:id="46"/>
+          <w:commentRangeStart w:id="42"/>
           <w:r w:rsidRPr="008962B4">
             <w:rPr>
               <w:color w:val="808080"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
-          <w:commentRangeEnd w:id="46"/>
+          <w:commentRangeEnd w:id="42"/>
           <w:r w:rsidR="00DC6001">
             <w:rPr>
               <w:rStyle w:val="CommentReference"/>
               <w:b/>
             </w:rPr>
-            <w:commentReference w:id="46"/>
+            <w:commentReference w:id="42"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="008962B4">
         <w:t xml:space="preserve"> days of contract commencement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FB6FEEF" w14:textId="1138B3C8" w:rsidR="00581504" w:rsidRPr="00DC6001" w:rsidRDefault="00581504" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC6001">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC6001">
         <w:tab/>
         <w:t xml:space="preserve">Fair Work Charter </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A5ECFEB" w14:textId="77777777" w:rsidR="00581504" w:rsidRPr="00337F5C" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8134,97 +7926,89 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in relation to this contract</w:t>
       </w:r>
       <w:r w:rsidR="00581504">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, including its supply chain,</w:t>
       </w:r>
       <w:r w:rsidR="00581504" w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> which demonstrates the </w:t>
       </w:r>
       <w:r w:rsidR="00581504">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidR="00581504" w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s commitment to ensuring that workers employed on this contract are </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">treated fairly, humanely and equitably.  This should be submitted within </w:t>
+        <w:t xml:space="preserve">’s commitment to ensuring that workers employed on this contract are treated fairly, humanely and equitably.  This should be submitted within </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="insert number of days"/>
           <w:tag w:val="insert number of days"/>
           <w:id w:val="-1914925039"/>
           <w:placeholder>
             <w:docPart w:val="3D383240F5A648AC99FF2924C2E655AB"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:commentRangeStart w:id="47"/>
+          <w:commentRangeStart w:id="43"/>
           <w:r w:rsidR="00581504" w:rsidRPr="00337F5C">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:color w:val="808080"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
-          <w:commentRangeEnd w:id="47"/>
+          <w:commentRangeEnd w:id="43"/>
           <w:r w:rsidR="00775433">
             <w:rPr>
               <w:rStyle w:val="CommentReference"/>
             </w:rPr>
-            <w:commentReference w:id="47"/>
+            <w:commentReference w:id="43"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00581504" w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> days of contract award. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74B04221" w14:textId="77777777" w:rsidR="00581504" w:rsidRPr="00B91918" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B91918">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Fair Work </w:t>
       </w:r>
@@ -8563,80 +8347,80 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  The training will be designed to inform and support staff to understand </w:t>
       </w:r>
       <w:r w:rsidR="00581504">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">fair work requirements and how to ensure that employees on the contract and in the supply chain are treated fairly, humanely and equitably. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="726B6D85" w14:textId="77777777" w:rsidR="00581504" w:rsidRPr="00126DE1" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Supplier will establish a relevant baseline </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of employees understanding of fair work </w:t>
       </w:r>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>before delivery of each training event and measure and report the impact of the training post-delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E55820D" w14:textId="77777777" w:rsidR="00581504" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Supplier shall agree the scope of the training with the Authority prior to delivery. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="516AF494" w14:textId="77777777" w:rsidR="00581504" w:rsidRPr="00DC6001" w:rsidRDefault="00581504" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC6001">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">X.0 Equality, diversity and inclusion positive action </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F35B307" w14:textId="675C590C" w:rsidR="00581504" w:rsidRPr="005D3AF0" w:rsidRDefault="00BE586B" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8846,188 +8630,187 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The New Decade, New Approach Deal emphasised the importance of access to good jobs, where workers have a voice that provides a level of autonomy, a decent income, security of tenure, satisfying work in the right quantities and decent working conditions. The Skills Strategy for Northern Ireland (Skills for a 10x Economy) sets out the importance of tackling social and educational inequality, ensuring appropriate pathways are in place to enable all our citizens to reach their potential, benefitting from and contributing to a stronger, more prosperous, more resilient Northern Ireland.  Creating good jobs and protecting workers’ rights impacts upon better health and wellbeing by tackling inequalities, building self-efficacy and combating poverty and also helps employers to attract and retain the talent they need to grow and thrive.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C816D43" w14:textId="77777777" w:rsidR="00BE586B" w:rsidRDefault="00BE586B" w:rsidP="00BE586B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Hlk189132582"/>
+      <w:bookmarkStart w:id="44" w:name="_Hlk189132582"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Where the Supplier selects to deliver this initiative within its methodology submitted at tender stage,</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00123E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">he Supplier will </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>provide</w:t>
       </w:r>
       <w:r w:rsidRPr="00123E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> activities to promote and support In-work Progression and Skills Development in the contract’s workforce for those employees who are disadvantaged. This </w:t>
-[...1 lines deleted...]
-      <w:commentRangeStart w:id="49"/>
+        <w:t xml:space="preserve"> activities to promote and support In-work </w:t>
+      </w:r>
       <w:r w:rsidRPr="00123E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Progression and Skills Development in the contract’s workforce for those employees who are disadvantaged. This </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="45"/>
+      <w:r w:rsidRPr="00123E1D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>could</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="49"/>
+      <w:commentRangeEnd w:id="45"/>
       <w:r w:rsidRPr="00D1796D">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:commentReference w:id="49"/>
+        <w:commentReference w:id="45"/>
       </w:r>
       <w:r w:rsidRPr="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> include, for example, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D1796D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">people who were long-term </w:t>
-[...9 lines deleted...]
-        <w:t>unemployed, people who have a disability, looked after children/care leavers and people who are underrepresented in the contract’s workforce.</w:t>
+        <w:t>people who were long-term unemployed, people who have a disability, looked after children/care leavers and people who are underrepresented in the contract’s workforce.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B89ABC0" w14:textId="77777777" w:rsidR="00581504" w:rsidRPr="00337F5C" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C137764" w14:textId="77777777" w:rsidR="00581504" w:rsidRPr="00337F5C" w:rsidRDefault="00581504" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="50"/>
+      <w:commentRangeStart w:id="46"/>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicator 2.2 – </w:t>
       </w:r>
       <w:r w:rsidRPr="00A74C92">
         <w:t>Commit to ethical supply chains and practices by identifying and managing risks of modern slavery and human rights abuses in the delivery of the contract, including in the supply chain.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="50"/>
+      <w:commentRangeEnd w:id="46"/>
       <w:r w:rsidR="00BB47E4">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="50"/>
+        <w:commentReference w:id="46"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="541849D8" w14:textId="77777777" w:rsidR="00581504" w:rsidRPr="00337F5C" w:rsidRDefault="00581504" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>X.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Modern Slavery Assessment Tool</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D5B54B" w14:textId="77777777" w:rsidR="00581504" w:rsidRPr="00337F5C" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
@@ -9243,106 +9026,105 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Authority’s</w:t>
       </w:r>
       <w:r w:rsidR="00581504" w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> contract.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18A8CEF7" w14:textId="77777777" w:rsidR="00581504" w:rsidRPr="00337F5C" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">MSAT is a modern slavery risk identification and management online tool.  MSAT has been designed to help public sector organisations work in partnership with suppliers to improve protections and reduce the risk of exploitation of workers in their supply chains.  When suppliers complete the assessment, they will receive a report </w:t>
+        <w:t xml:space="preserve">MSAT is a modern slavery risk identification and management online tool.  MSAT has been designed to help public sector organisations work in partnership with suppliers to improve protections and reduce the risk of exploitation of workers in their </w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>which will provide recommendations on how to improve their anti-slavery activity and point towards useful guidance and practical tools to help make improvements.</w:t>
+        <w:t>supply chains.  When suppliers complete the assessment, they will receive a report which will provide recommendations on how to improve their anti-slavery activity and point towards useful guidance and practical tools to help make improvements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F188A70" w14:textId="599D5EF9" w:rsidR="00581504" w:rsidRPr="00337F5C" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Within </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="insert number of days"/>
           <w:tag w:val="insert number of days"/>
           <w:id w:val="56367623"/>
           <w:placeholder>
             <w:docPart w:val="781D1BDF7EE54A3C831E38CC6ED7A291"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:commentRangeStart w:id="52"/>
+          <w:commentRangeStart w:id="48"/>
           <w:r w:rsidRPr="00337F5C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
-          <w:commentRangeEnd w:id="52"/>
+          <w:commentRangeEnd w:id="48"/>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="CommentReference"/>
             </w:rPr>
-            <w:commentReference w:id="52"/>
+            <w:commentReference w:id="48"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> weeks of completing MSAT, the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will submit a written action plan to the Authority setting out how the </w:t>
       </w:r>
       <w:r>
@@ -9467,67 +9249,66 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
       <w:r w:rsidR="002C5954" w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ithin </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="insert number of days"/>
           <w:tag w:val="insert number of days"/>
           <w:id w:val="1343124437"/>
           <w:placeholder>
             <w:docPart w:val="B2C47C582F79451B8AEE01E8631F9A13"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:commentRangeStart w:id="53"/>
+          <w:commentRangeStart w:id="49"/>
           <w:r w:rsidR="002C5954" w:rsidRPr="00126DE1">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:color w:val="808080"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
-          <w:commentRangeEnd w:id="53"/>
+          <w:commentRangeEnd w:id="49"/>
           <w:r w:rsidR="002C5954">
             <w:rPr>
               <w:rStyle w:val="CommentReference"/>
             </w:rPr>
-            <w:commentReference w:id="53"/>
+            <w:commentReference w:id="49"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C5954" w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> days of contract commencement</w:t>
       </w:r>
       <w:r w:rsidR="00581504" w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  The supply chain map will include </w:t>
       </w:r>
       <w:r w:rsidR="00581504" w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a review of expenditure and a risk assessment on the findings to identify products and/or services where there is a risk of modern slavery, human rights abuses and/or illegal or unethical employment practices within the supply chain.</w:t>
       </w:r>
@@ -9540,65 +9321,64 @@
         </w:rPr>
         <w:footnoteReference w:id="15"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="30A01450" w14:textId="5778FED9" w:rsidR="00581504" w:rsidRPr="008962B4" w:rsidRDefault="00581504" w:rsidP="001540E2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008962B4">
         <w:t xml:space="preserve">The supply chain map will be submitted to the Authority for review within </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:alias w:val="insert number of days"/>
           <w:tag w:val="insert number of days"/>
           <w:id w:val="-351812231"/>
           <w:placeholder>
             <w:docPart w:val="5D1F37E98F044B4291BC2CA61F9FD212"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:commentRangeStart w:id="55"/>
+          <w:commentRangeStart w:id="51"/>
           <w:r w:rsidRPr="008962B4">
             <w:rPr>
               <w:color w:val="808080"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
-          <w:commentRangeEnd w:id="55"/>
+          <w:commentRangeEnd w:id="51"/>
           <w:r w:rsidR="00713A77">
             <w:rPr>
               <w:rStyle w:val="CommentReference"/>
             </w:rPr>
-            <w:commentReference w:id="55"/>
+            <w:commentReference w:id="51"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="008962B4">
         <w:t xml:space="preserve"> days of contract commencement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A11113C" w14:textId="77777777" w:rsidR="00581504" w:rsidRPr="00126DE1" w:rsidRDefault="00581504" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00126DE1">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00126DE1">
         <w:tab/>
         <w:t xml:space="preserve">Tackling Modern Slavery Training Initiatives for all employees </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BCF2A7A" w14:textId="490C0D3B" w:rsidR="00581504" w:rsidRPr="00126DE1" w:rsidRDefault="002C5954" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9607,59 +9387,59 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Where the Supplier selects to deliver this initiative within its methodology submitted at tender stage,</w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the Supplier will </w:t>
       </w:r>
       <w:r w:rsidR="00581504" w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">deliver tackling modern slavery training for all employees working on the contract.  The training will be designed to inform and </w:t>
+        <w:t xml:space="preserve">deliver tackling modern slavery training for all </w:t>
       </w:r>
       <w:r w:rsidR="00581504" w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>support staff to understand what modern slavery, forced labour and labour exploitation is and how to deter, detect and deal with modern slavery.</w:t>
+        <w:t>employees working on the contract.  The training will be designed to inform and support staff to understand what modern slavery, forced labour and labour exploitation is and how to deter, detect and deal with modern slavery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="459D5194" w14:textId="77777777" w:rsidR="00581504" w:rsidRPr="00126DE1" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Supplier will establish a relevant baseline </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of employees understanding of how to deter, detect and deal with modern slavery </w:t>
       </w:r>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
@@ -9681,67 +9461,67 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Supplier shall agree the scope of the training with the Authority prior to delivery. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F4F6AA4" w14:textId="1D5A90DC" w:rsidR="00581504" w:rsidRPr="00126DE1" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BE8B971" w14:textId="77777777" w:rsidR="00581504" w:rsidRDefault="00581504" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:commentRangeStart w:id="56"/>
+      <w:commentRangeStart w:id="52"/>
       <w:r w:rsidRPr="008962B4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicator 2.3 – </w:t>
       </w:r>
       <w:r w:rsidRPr="00371A77">
         <w:t>Create a diverse and innovative supply chain to deliver the contract including new businesses and entrepreneurs, start-ups, micro businesses and VCSEs</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="56"/>
+      <w:commentRangeEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="56"/>
+        <w:commentReference w:id="52"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B418ADB" w14:textId="64BAE12E" w:rsidR="00581504" w:rsidRDefault="00581504">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E2DFF09" w14:textId="71B2D21E" w:rsidR="001B5ADC" w:rsidRPr="00BB47E4" w:rsidRDefault="001B5ADC" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB47E4">
         <w:t>X.0 Inclusion of VCSEs, Micro Enterprises or Minority Ethnic Led</w:t>
       </w:r>
       <w:r w:rsidR="001B6FCE">
         <w:t xml:space="preserve"> Social and Micr</w:t>
       </w:r>
       <w:r w:rsidR="002C5954">
@@ -10119,51 +9899,71 @@
         </w:rPr>
         <w:t>(including</w:t>
       </w:r>
       <w:r w:rsidRPr="002C5954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">minority </w:t>
       </w:r>
       <w:r w:rsidRPr="002C5954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">to deliver </w:t>
       </w:r>
       <w:r w:rsidRPr="002C5954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">any sub-contracting or other business opportunities available as a result of this </w:t>
+        <w:t xml:space="preserve">any sub-contracting or other business opportunities available </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C5954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C5954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002C5954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Contract;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7FF65997" w14:textId="3C883BDB" w:rsidR="00DB1670" w:rsidRPr="002C5954" w:rsidRDefault="00DB1670" w:rsidP="00D8518C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -10646,53 +10446,53 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>resources allocated to the delivery of each initiative including overall ownership.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="661F784E" w14:textId="77777777" w:rsidR="00DB1670" w:rsidRDefault="00DB1670" w:rsidP="00DB1670">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C5954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>At end of year review meetings, the Supplier will submit an annual progress report to the Authority, detailing the progress made in relation to the action plan and setting out the quarterly actions for the year ahead. The report shall be in writing and shall detail the steps taken by the Supplier and its subcontractors (if any) to implement the Supply Chain Action Plan.  The Authority reserves the right to request an updated progress report at interims throughout the Contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1084333E" w14:textId="77777777" w:rsidR="001540E2" w:rsidRPr="00BB47E4" w:rsidRDefault="001540E2" w:rsidP="001540E2">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
+    <w:p w14:paraId="1084333E" w14:textId="77777777" w:rsidR="001540E2" w:rsidRPr="00BB47E4" w:rsidRDefault="001540E2" w:rsidP="00B448B3">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB47E4">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB47E4">
         <w:tab/>
         <w:t xml:space="preserve">Business development and knowledge sharing with a voluntary, community and social enterprise organisation, a microenterprise </w:t>
       </w:r>
       <w:r>
         <w:t>(including</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB47E4">
         <w:t xml:space="preserve"> minority ethnic led enterprise</w:t>
       </w:r>
       <w:r>
         <w:t>s)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AAE8A2B" w14:textId="77777777" w:rsidR="001540E2" w:rsidRPr="00BB47E4" w:rsidRDefault="001540E2" w:rsidP="001540E2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -10887,51 +10687,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D8518C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Donation of supplies or tools related to the subject matter of the contract to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C8A895" w14:textId="77777777" w:rsidR="00D8518C" w:rsidRPr="00D8518C" w:rsidRDefault="00D8518C" w:rsidP="00D8518C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="57"/>
+      <w:commentRangeStart w:id="53"/>
       <w:r w:rsidRPr="00D8518C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">an organisation within the Voluntary, Community and Social Enterprise (VCSE) sector in Northern Ireland or  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50F84FD1" w14:textId="77777777" w:rsidR="00D8518C" w:rsidRPr="00D8518C" w:rsidRDefault="00D8518C" w:rsidP="00D8518C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D8518C">
         <w:rPr>
@@ -10943,198 +10743,198 @@
         <w:t>a micro business in Northern Ireland or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="611AF025" w14:textId="77777777" w:rsidR="00D8518C" w:rsidRPr="00D8518C" w:rsidRDefault="00D8518C" w:rsidP="00D8518C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D8518C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a minority ethnic led/owned enterprise in Northern Ireland. </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="57"/>
+      <w:commentRangeEnd w:id="53"/>
       <w:r w:rsidRPr="00D8518C">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="57"/>
+        <w:commentReference w:id="53"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="617BB8DF" w14:textId="77777777" w:rsidR="00D8518C" w:rsidRPr="00D8518C" w:rsidRDefault="00D8518C" w:rsidP="00D8518C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D8518C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This may also include the loan of supplies or tools which would normally incur a cost to the organisation, business or enterprise. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62701F66" w14:textId="77777777" w:rsidR="00D8518C" w:rsidRPr="00D8518C" w:rsidRDefault="00D8518C" w:rsidP="00D8518C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D8518C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Supplier must work collaboratively with the social value beneficiary to identify which supplies or tools are relevant for their specific operational and service delivery. The Supplier shall agree the scope of the donation with the Authority prior to delivery.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="029B9AF1" w14:textId="77777777" w:rsidR="00D8518C" w:rsidRDefault="00D8518C" w:rsidP="00DB1670">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57E7DCD6" w14:textId="77777777" w:rsidR="00581504" w:rsidRDefault="00581504" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:commentRangeStart w:id="58"/>
+      <w:commentRangeStart w:id="54"/>
       <w:r w:rsidRPr="00E2703C">
         <w:t>Indicator 2.4 Support entrepreneurship and social entrepreneurship, including helping new and small organisations to grow.</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="58"/>
+      <w:commentRangeEnd w:id="54"/>
       <w:r w:rsidR="00BB47E4">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="58"/>
+        <w:commentReference w:id="54"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="63FC5956" w14:textId="0F6B175D" w:rsidR="00581504" w:rsidRDefault="00BF1D3C" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF1D3C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[If using this indicator, use the clauses from indicator 2.3]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D02D60" w14:textId="77777777" w:rsidR="00BF1D3C" w:rsidRDefault="00BF1D3C" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="212AC669" w14:textId="77777777" w:rsidR="00BF1D3C" w:rsidRDefault="00BF1D3C" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68242883" w14:textId="6E4D2900" w:rsidR="00581504" w:rsidRDefault="00581504" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="59"/>
-      <w:commentRangeStart w:id="60"/>
+      <w:commentRangeStart w:id="55"/>
+      <w:commentRangeStart w:id="56"/>
       <w:r w:rsidRPr="00DC6001">
         <w:t xml:space="preserve">Indicator 2.5 Maximise security of supply, for example by minimising proximity </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC6001">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b/>
         </w:rPr>
         <w:t>of supply chains to point of delivery</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="59"/>
+      <w:commentRangeEnd w:id="55"/>
       <w:r w:rsidR="00DF3653" w:rsidRPr="00DC6001">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b/>
         </w:rPr>
-        <w:commentReference w:id="59"/>
-[...1 lines deleted...]
-      <w:commentRangeEnd w:id="60"/>
+        <w:commentReference w:id="55"/>
+      </w:r>
+      <w:commentRangeEnd w:id="56"/>
       <w:r w:rsidR="00AA7E72" w:rsidRPr="00DC6001">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b/>
         </w:rPr>
-        <w:commentReference w:id="60"/>
-[...4 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
+        <w:commentReference w:id="56"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11EE2616" w14:textId="77777777" w:rsidR="001540E2" w:rsidRDefault="001540E2" w:rsidP="00B448B3">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Supply Chain Map for the contract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7837C3CD" w14:textId="77777777" w:rsidR="001540E2" w:rsidRPr="00126DE1" w:rsidRDefault="001540E2" w:rsidP="001540E2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -11167,65 +10967,65 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ithin </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="insert number of days"/>
           <w:tag w:val="insert number of days"/>
           <w:id w:val="-509133138"/>
           <w:placeholder>
             <w:docPart w:val="9E264874FBB84C69947789A8FF3D3C31"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtContent>
-          <w:commentRangeStart w:id="61"/>
+          <w:commentRangeStart w:id="57"/>
           <w:r w:rsidRPr="00126DE1">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:color w:val="808080"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
-          <w:commentRangeEnd w:id="61"/>
+          <w:commentRangeEnd w:id="57"/>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="CommentReference"/>
             </w:rPr>
-            <w:commentReference w:id="61"/>
+            <w:commentReference w:id="57"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> days of contract commencement.  The supply chain map will include </w:t>
       </w:r>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a review of expenditure and a risk assessment on the findings to identify products and/or services where there is a risk of modern slavery, </w:t>
       </w:r>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -11241,63 +11041,63 @@
         <w:footnoteReference w:id="17"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E5F76F4" w14:textId="77777777" w:rsidR="001540E2" w:rsidRPr="008962B4" w:rsidRDefault="001540E2" w:rsidP="001540E2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008962B4">
         <w:t xml:space="preserve">The supply chain map will be submitted to the Authority for review within </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:alias w:val="insert number of days"/>
           <w:tag w:val="insert number of days"/>
           <w:id w:val="-285195443"/>
           <w:placeholder>
             <w:docPart w:val="4BB510AC00154337A029768103025418"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtContent>
-          <w:commentRangeStart w:id="63"/>
+          <w:commentRangeStart w:id="59"/>
           <w:r w:rsidRPr="008962B4">
             <w:rPr>
               <w:color w:val="808080"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
-          <w:commentRangeEnd w:id="63"/>
+          <w:commentRangeEnd w:id="59"/>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="CommentReference"/>
             </w:rPr>
-            <w:commentReference w:id="63"/>
+            <w:commentReference w:id="59"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="008962B4">
         <w:t xml:space="preserve"> days of contract commencement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E331230" w14:textId="77777777" w:rsidR="00581504" w:rsidRDefault="00581504" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:tab/>
         <w:t>Supply chain resilience and capacity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="184DAB29" w14:textId="77777777" w:rsidR="00581504" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11393,51 +11193,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must at least include and address among other things the Supplier’s actions to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D3DF4B2" w14:textId="77777777" w:rsidR="00581504" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="64"/>
+      <w:commentRangeStart w:id="60"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Understand the risks affecting the contract, including those affecting the market, industry, sector and country (of origin or of source), and the actions taken to mitigate and manage them.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CE11946" w14:textId="77777777" w:rsidR="00581504" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -11637,62 +11437,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00E57C69">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> during contract delivery to minimise such risks (e.g. design standards, supply chain management or other)</w:t>
       </w:r>
       <w:r w:rsidR="00DC6001">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:commentRangeEnd w:id="64"/>
+    <w:commentRangeEnd w:id="60"/>
     <w:p w14:paraId="5DF11CAC" w14:textId="0DDB085C" w:rsidR="00581504" w:rsidRDefault="00AA7E72" w:rsidP="00DC6001">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="64"/>
+        <w:commentReference w:id="60"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="05E5E20E" w14:textId="77777777" w:rsidR="00581504" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Action Plan must identify as a minimum:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F1DF851" w14:textId="299E38FB" w:rsidR="00581504" w:rsidRPr="001926C0" w:rsidRDefault="00581504" w:rsidP="001926C0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
@@ -11829,201 +11629,139 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The report shall be in writing and shall detail the steps taken by the Supplier and its subcontractors (if any) to implement the Supply Chain Resilience and Capacity Action Plan on the Contract. The Authority reserves the right to request an updated progress report at interims throughout the Contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="589D247B" w14:textId="77777777" w:rsidR="00581504" w:rsidRPr="00097278" w:rsidRDefault="00581504" w:rsidP="00343624">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C3E29A7" w14:textId="25F8070F" w:rsidR="00D8518C" w:rsidRDefault="00316484" w:rsidP="00D8518C">
-[...1 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="59170CC5" w14:textId="77777777" w:rsidR="00B448B3" w:rsidRDefault="00316484" w:rsidP="00B448B3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="_Hlk188013225"/>
+      <w:r w:rsidR="00B448B3">
+        <w:lastRenderedPageBreak/>
+        <w:t>Theme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043167">
+        <w:t xml:space="preserve"> 3:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B448B3">
+        <w:t xml:space="preserve"> Delivering climate action</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B35E87" w14:textId="181309BC" w:rsidR="00D8518C" w:rsidRPr="00B448B3" w:rsidRDefault="00B448B3" w:rsidP="00B448B3">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-      <w:r w:rsidR="00D8518C" w:rsidRPr="001926C0">
+      <w:r w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">the Supplier will deliver initiatives to build ethical and resilient supply chains in line with the activities identified within their tender methodology and requirements as set within </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D8518C" w:rsidRPr="001926C0">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8518C" w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>XX</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00D8518C" w:rsidRPr="001926C0">
+        <w:t xml:space="preserve">he Supplier will deliver initiatives to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, or as otherwise agreed by the </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D8518C" w:rsidRPr="001926C0">
+        <w:t xml:space="preserve">deliver climate action </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Authority</w:t>
-[...46 lines deleted...]
-      </w:pPr>
+        <w:t>initiatives in line with the activities identified within their tender methodology and the requirements set out in this Schedule, or as otherwise agreed by the Authority, at the Authority’s discretion.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="39FAEECA" w14:textId="7C95054A" w:rsidR="00343624" w:rsidRDefault="00316484" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="000E32E1">
         <w:t>Indicator 3.</w:t>
       </w:r>
-      <w:commentRangeStart w:id="69"/>
+      <w:commentRangeStart w:id="62"/>
       <w:r w:rsidRPr="000E32E1">
         <w:t>1</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="69"/>
+      <w:commentRangeEnd w:id="62"/>
       <w:r w:rsidRPr="000E32E1">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:bCs/>
         </w:rPr>
-        <w:commentReference w:id="69"/>
+        <w:commentReference w:id="62"/>
       </w:r>
       <w:r w:rsidRPr="000E32E1">
         <w:t xml:space="preserve"> – Deliver additional climate action benefits in the performance of the contract including working towards net zero greenhouse gas emissions and/or contributing to climate adaptation measures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57424E6C" w14:textId="77777777" w:rsidR="001926C0" w:rsidRPr="001926C0" w:rsidRDefault="001926C0" w:rsidP="001926C0"/>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p w14:paraId="5D550886" w14:textId="4A4E405B" w:rsidR="00930A01" w:rsidRPr="00922B79" w:rsidRDefault="00DF3653" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidR="00930A01" w:rsidRPr="00922B79">
         <w:t>.0 Environmental Initiatives</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45E2DBA1" w14:textId="47359EAF" w:rsidR="00282329" w:rsidRDefault="00930A01" w:rsidP="00930A01">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30E03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Supplier is required to deliver the contract with due diligence, in an efficient and environmentally responsible manner. Throughout duration of the contract, the Supplier will deliver relevant and quantifiable environmental initiatives </w:t>
       </w:r>
@@ -12197,79 +11935,79 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide all required reporting information</w:t>
       </w:r>
       <w:r w:rsidR="00D037E0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> including details on the specific actions taken to reduce the environmental impact</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73852BA4" w14:textId="77777777" w:rsidR="00930A01" w:rsidRDefault="00930A01" w:rsidP="000E32E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B0E13F9" w14:textId="2AEA3E97" w:rsidR="00AA677D" w:rsidRPr="00DC6001" w:rsidRDefault="00AA677D" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC6001">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Indicator 3.2 – </w:t>
       </w:r>
       <w:r w:rsidR="009806BC" w:rsidRPr="00DC6001">
         <w:t xml:space="preserve">Initiatives that support climate adaptation and mitigation measures to minimise the effects of climate </w:t>
       </w:r>
-      <w:commentRangeStart w:id="70"/>
+      <w:commentRangeStart w:id="63"/>
       <w:r w:rsidR="009806BC" w:rsidRPr="00DC6001">
         <w:t>change</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="70"/>
+      <w:commentRangeEnd w:id="63"/>
       <w:r w:rsidR="001A1479" w:rsidRPr="00DC6001">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:commentReference w:id="70"/>
+        <w:commentReference w:id="63"/>
       </w:r>
       <w:r w:rsidR="009806BC" w:rsidRPr="00DC6001">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="558F3D06" w14:textId="77777777" w:rsidR="00282329" w:rsidRDefault="00282329" w:rsidP="00DC6001"/>
     <w:p w14:paraId="26C78A1A" w14:textId="446A41F9" w:rsidR="00282329" w:rsidRPr="00922B79" w:rsidRDefault="00282329" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="00922B79">
         <w:t>.0 Environmental Initiatives</w:t>
       </w:r>
       <w:r w:rsidR="00A35B0C">
         <w:t xml:space="preserve"> for Climate Adaptation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5009CCC1" w14:textId="69DA52D8" w:rsidR="00282329" w:rsidRDefault="00282329" w:rsidP="00282329">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30E03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Supplier is required to deliver the contract with due diligence, in an efficient and environmentally responsible manner. Throughout duration of the contract, the Supplier will deliver relevant and quantifiable environmental initiatives </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -12277,65 +12015,65 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">designed </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30E03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000063AE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">support climate adaptation and mitigation measures to minimise the effects of climate </w:t>
       </w:r>
-      <w:commentRangeStart w:id="71"/>
+      <w:commentRangeStart w:id="64"/>
       <w:r w:rsidRPr="000063AE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>change</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="71"/>
+      <w:commentRangeEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:b/>
         </w:rPr>
-        <w:commentReference w:id="71"/>
+        <w:commentReference w:id="64"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2300E2A1" w14:textId="77777777" w:rsidR="00282329" w:rsidRPr="00F30E03" w:rsidRDefault="00282329" w:rsidP="00282329">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30E03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Throughout delivery of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -12462,60 +12200,60 @@
         <w:t>Provide all required reporting informatio</w:t>
       </w:r>
       <w:r w:rsidR="00D037E0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n including details on the specific actions taken to reduce the environmental impact</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67282CEF" w14:textId="77777777" w:rsidR="000E32E1" w:rsidRDefault="000E32E1" w:rsidP="000E32E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26820393" w14:textId="77777777" w:rsidR="006A6CB6" w:rsidRDefault="006A6CB6" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F371D6">
         <w:t xml:space="preserve">Indicator 3.3 – Demonstrate action to maintain and enhance biodiversity and promote the resilience of ecosystems by considering environmental protection and improvement in the delivery of the contract, including the supply </w:t>
       </w:r>
-      <w:commentRangeStart w:id="72"/>
+      <w:commentRangeStart w:id="65"/>
       <w:r w:rsidRPr="00F371D6">
         <w:t>chain</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="72"/>
+      <w:commentRangeEnd w:id="65"/>
       <w:r w:rsidR="001A1479">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="72"/>
+        <w:commentReference w:id="65"/>
       </w:r>
       <w:r w:rsidRPr="00F371D6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F5A4DC2" w14:textId="77777777" w:rsidR="001926C0" w:rsidRPr="001926C0" w:rsidRDefault="001926C0" w:rsidP="001926C0"/>
     <w:p w14:paraId="27C71700" w14:textId="55B88B26" w:rsidR="001A1479" w:rsidRPr="00922B79" w:rsidRDefault="001A1479" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="00922B79">
         <w:t>.0 Environmental Initiatives</w:t>
       </w:r>
       <w:r w:rsidR="00A35B0C" w:rsidRPr="00A35B0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A35B0C" w:rsidRPr="00591B99">
         <w:rPr>
@@ -12536,73 +12274,80 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Supplier is required to deliver the contract with due diligence, in an efficient and environmentally responsible manner. Throughout duration of the contract, the Supplier will deliver relevant and quantifiable environmental initiatives</w:t>
       </w:r>
       <w:r w:rsidR="00282329">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> designed</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30E03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00282329" w:rsidRPr="00282329">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>maintain and enhance biodiversity and promote the resilience of ecosystems by considering environmental protection and improvement in the delivery of the contract, including the supply chain</w:t>
+        <w:t xml:space="preserve">maintain and enhance biodiversity and promote the resilience of ecosystems by </w:t>
+      </w:r>
+      <w:r w:rsidR="00282329" w:rsidRPr="00282329">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>considering environmental protection and improvement in the delivery of the contract, including the supply chain</w:t>
       </w:r>
       <w:r w:rsidR="00282329">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="335C0BC1" w14:textId="77777777" w:rsidR="001A1479" w:rsidRPr="00F30E03" w:rsidRDefault="001A1479" w:rsidP="001A1479">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30E03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Throughout delivery of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>environmental initiatives</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30E03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, the Supplier must demonstrate a commitment to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D3BB88D" w14:textId="77777777" w:rsidR="001A1479" w:rsidRPr="00F30E03" w:rsidRDefault="001A1479" w:rsidP="001A1479">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
@@ -12696,60 +12441,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide all required reporting information</w:t>
       </w:r>
       <w:r w:rsidR="00D037E0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> including details on the specific actions taken to reduce the environmental impact</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71D2C12B" w14:textId="17CD07F3" w:rsidR="006A6CB6" w:rsidRDefault="006A6CB6" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="002A0168">
         <w:t>Indicator 3.</w:t>
       </w:r>
       <w:r w:rsidR="001A1479">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="002A0168">
         <w:t xml:space="preserve"> – Work toward net zero emissions by measuring the contract’s carbon footprint and minimising scope 1, 2 and 3 </w:t>
       </w:r>
-      <w:commentRangeStart w:id="73"/>
+      <w:commentRangeStart w:id="66"/>
       <w:r w:rsidRPr="002A0168">
         <w:t>emissions</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="73"/>
+      <w:commentRangeEnd w:id="66"/>
       <w:r w:rsidR="001A1479">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="73"/>
+        <w:commentReference w:id="66"/>
       </w:r>
       <w:r w:rsidRPr="002A0168">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="415700ED" w14:textId="77777777" w:rsidR="001926C0" w:rsidRPr="001926C0" w:rsidRDefault="001926C0" w:rsidP="001926C0"/>
     <w:p w14:paraId="3947097F" w14:textId="2FAFFEC7" w:rsidR="00282329" w:rsidRPr="00922B79" w:rsidRDefault="00282329" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="00922B79">
         <w:t>.0 Environmental Initiatives</w:t>
       </w:r>
       <w:r w:rsidR="00A35B0C">
         <w:t xml:space="preserve"> to work towards net zero emissions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6160B2C3" w14:textId="23D69402" w:rsidR="00282329" w:rsidRPr="00282329" w:rsidRDefault="00282329" w:rsidP="00282329">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -12882,110 +12627,110 @@
       <w:r w:rsidRPr="00F30E03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Develop and promote a culture of responsible environmental behaviour across the contract workforce and supply chain</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B418CA3" w14:textId="77777777" w:rsidR="00282329" w:rsidRPr="00F30E03" w:rsidRDefault="00282329" w:rsidP="00282329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30E03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Share best practice with the Authority to improve the environmental performance of the contract </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CBD19C4" w14:textId="4AAF66DA" w:rsidR="00282329" w:rsidRPr="00F30E03" w:rsidRDefault="00282329" w:rsidP="00282329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30E03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Provide all required reporting information</w:t>
       </w:r>
       <w:r w:rsidR="00D037E0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> including details on the specific actions taken to reduce the environmental impact</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77299FE7" w14:textId="77777777" w:rsidR="00CC3380" w:rsidRDefault="00CC3380" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E57F02">
         <w:t>Indicator 3.5 – Initiatives which contribute to improvements of air and water quality and promote nature</w:t>
       </w:r>
       <w:r w:rsidRPr="00E57F02">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">-based </w:t>
       </w:r>
-      <w:commentRangeStart w:id="74"/>
+      <w:commentRangeStart w:id="67"/>
       <w:r w:rsidRPr="00E57F02">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>solutions</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="74"/>
+      <w:commentRangeEnd w:id="67"/>
       <w:r w:rsidR="001A1479">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="74"/>
+        <w:commentReference w:id="67"/>
       </w:r>
       <w:r w:rsidRPr="00E57F02">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33388257" w14:textId="77777777" w:rsidR="001926C0" w:rsidRPr="001926C0" w:rsidRDefault="001926C0" w:rsidP="001926C0"/>
     <w:p w14:paraId="48D44680" w14:textId="2D71B4A7" w:rsidR="00282329" w:rsidRPr="00922B79" w:rsidRDefault="00282329" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="00922B79">
         <w:t>.0 Environmental Initiatives</w:t>
       </w:r>
       <w:r w:rsidR="00A35B0C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A35B0C" w:rsidRPr="00A35B0C">
         <w:t>for Improving Air and Water Quality Levels and Promote Nature-Based Solutions</w:t>
       </w:r>
@@ -13346,60 +13091,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30E03">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide all required reporting information</w:t>
       </w:r>
       <w:r w:rsidR="006A120F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> including details on the specific actions taken to reduce the environmental impact</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34F008D9" w14:textId="74BECC21" w:rsidR="00CC3380" w:rsidRDefault="00CC3380" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC3380">
         <w:t>Indicator 3.</w:t>
       </w:r>
-      <w:commentRangeStart w:id="75"/>
+      <w:commentRangeStart w:id="68"/>
       <w:r w:rsidRPr="00CC3380">
         <w:t>7</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="75"/>
+      <w:commentRangeEnd w:id="68"/>
       <w:r w:rsidR="001A1479">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="75"/>
+        <w:commentReference w:id="68"/>
       </w:r>
       <w:r w:rsidRPr="00CC3380">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="001A1479">
         <w:t>Assess and minimise the contract’s embodied carbon emissions by minimising use of virgin materials, effective production techniques and effective recovery systems.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58AD88F7" w14:textId="77777777" w:rsidR="001926C0" w:rsidRPr="001926C0" w:rsidRDefault="001926C0" w:rsidP="001926C0"/>
     <w:p w14:paraId="372DDAE7" w14:textId="5511D02D" w:rsidR="00282329" w:rsidRPr="00922B79" w:rsidRDefault="00282329" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="00922B79">
         <w:t>.0 Environmental Initiatives</w:t>
       </w:r>
       <w:r w:rsidR="00A35B0C">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00A35B0C" w:rsidRPr="00A35B0C">
         <w:t>minimise the contract’s embodied carbon emissions</w:t>
       </w:r>
@@ -13579,60 +13324,60 @@
       <w:r w:rsidR="006A120F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> including details on the specific actions taken to reduce the environmental impact</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AAD59BB" w14:textId="77777777" w:rsidR="006426EF" w:rsidRDefault="006426EF" w:rsidP="00CC3380">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3289CC4C" w14:textId="3EB0CD77" w:rsidR="00CC3380" w:rsidRPr="00282329" w:rsidRDefault="00CC3380" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00282329">
         <w:t>Indicator 3.</w:t>
       </w:r>
-      <w:commentRangeStart w:id="76"/>
+      <w:commentRangeStart w:id="69"/>
       <w:r w:rsidRPr="00282329">
         <w:t>8</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="76"/>
+      <w:commentRangeEnd w:id="69"/>
       <w:r w:rsidR="001A1479">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="76"/>
+        <w:commentReference w:id="69"/>
       </w:r>
       <w:r w:rsidRPr="00282329">
         <w:t xml:space="preserve"> - Create Green Jobs and relevant training opportunities that contribute towards a just transition by supporting a more resource efficient, greener and low carbon economy</w:t>
       </w:r>
       <w:r w:rsidRPr="00282329">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C8B8B1" w14:textId="77777777" w:rsidR="006426EF" w:rsidRDefault="006426EF" w:rsidP="006426EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043176E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">According to DAERA’s Green Growth Strategy, green jobs should focus on developing a low carbon, skilled workforce with more people working in jobs that contribute to climate action and a clean environment. </w:t>
       </w:r>
@@ -13664,239 +13409,175 @@
     <w:p w14:paraId="7203D82C" w14:textId="77777777" w:rsidR="00424900" w:rsidRPr="0043176E" w:rsidRDefault="00424900" w:rsidP="006426EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70D7B668" w14:textId="77777777" w:rsidR="00DC6001" w:rsidRDefault="00DC6001" w:rsidP="00424900">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:sectPr w:rsidR="00DC6001">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CC2A8A9" w14:textId="00F22D86" w:rsidR="00AF6D2E" w:rsidRPr="0025711F" w:rsidRDefault="00AF6D2E" w:rsidP="00424900">
-[...17 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3CC2A8A9" w14:textId="66FCE4DE" w:rsidR="00AF6D2E" w:rsidRPr="00B448B3" w:rsidRDefault="00B448B3" w:rsidP="00B448B3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B448B3">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">THEME 4: PROMOTING </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="007466FA" w:rsidRPr="0025711F">
+        <w:t xml:space="preserve">Theme 4: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B448B3">
+        <w:t>romoting wellbeing</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="70"/>
+      <w:commentRangeEnd w:id="70"/>
+      <w:r w:rsidR="007466FA" w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
-          <w:b/>
-[...12 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:commentReference w:id="70"/>
+      </w:r>
+      <w:r w:rsidR="00AF6D2E" w:rsidRPr="00B448B3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090BD052" w14:textId="4DCA3202" w:rsidR="00135C0A" w:rsidRPr="0073548B" w:rsidRDefault="00135C0A" w:rsidP="00135C0A">
-      <w:pPr>
+    <w:p w14:paraId="090BD052" w14:textId="4DCA3202" w:rsidR="00135C0A" w:rsidRDefault="00135C0A" w:rsidP="00B448B3">
+      <w:pPr>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0073548B">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00B448B3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="0073548B">
+      <w:r w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
-      <w:r w:rsidR="007466FA">
+      <w:r w:rsidR="007466FA" w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0073548B">
+      <w:r w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>upplier will deliver the</w:t>
       </w:r>
-      <w:r w:rsidR="00CA2DD7">
+      <w:r w:rsidR="00CA2DD7" w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> wellbeing</w:t>
       </w:r>
-      <w:r w:rsidRPr="0073548B">
+      <w:r w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> initiatives </w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="457746F8" w14:textId="60275F62" w:rsidR="00AF6D2E" w:rsidRDefault="00AF6D2E" w:rsidP="00DC6001">
+        <w:t xml:space="preserve"> initiatives in line with the activities identified within their tender methodology and the requirements set out in this Schedule, or as otherwise agreed by the Authority, at the Authority’s discretion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="457746F8" w14:textId="60275F62" w:rsidR="00AF6D2E" w:rsidRDefault="00AF6D2E" w:rsidP="00B448B3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:commentRangeStart w:id="78"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:commentRangeStart w:id="71"/>
       <w:r>
         <w:t xml:space="preserve">Indicator 4.1 – </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:t>Build a culture that supports the wellbeing of staff working on the contract</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="78"/>
+      <w:commentRangeEnd w:id="71"/>
       <w:r w:rsidR="006426EF">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="78"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="18DAB956" w14:textId="77777777" w:rsidR="00574F16" w:rsidRPr="00574F16" w:rsidRDefault="00574F16" w:rsidP="00DC6001">
+        <w:commentReference w:id="71"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DAB956" w14:textId="77777777" w:rsidR="00574F16" w:rsidRPr="00574F16" w:rsidRDefault="00574F16" w:rsidP="00B448B3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="79" w:name="_Hlk141256234"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="_Hlk141256234"/>
       <w:r w:rsidRPr="00574F16">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00574F16">
         <w:tab/>
         <w:t xml:space="preserve">Wellbeing initiatives to support employees including those working remotely on the contract.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A04EA5E" w14:textId="77777777" w:rsidR="00574F16" w:rsidRPr="00574F16" w:rsidRDefault="00574F16" w:rsidP="00574F16">
-      <w:pPr>
+    <w:p w14:paraId="1A04EA5E" w14:textId="77777777" w:rsidR="00574F16" w:rsidRPr="00574F16" w:rsidRDefault="00574F16" w:rsidP="00B448B3">
+      <w:pPr>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574F16">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The Public Health Agency (PHA) recognises that using the workplace as a setting to promote and support health and wellbeing makes good business sense and has many benefits for both employers and employees. According to the World Health Organisation, the definition of a healthy workforce is: ‘... one in which workers and managers collaborate to use a continual improvement process to protect and promote the health, safety and wellbeing of all workers and the sustainability of the workplace’.</w:t>
       </w:r>
       <w:r w:rsidRPr="00574F16">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="18"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="499FCE9F" w14:textId="754C3753" w:rsidR="00574F16" w:rsidRPr="00574F16" w:rsidRDefault="006025EE" w:rsidP="00574F16">
       <w:pPr>
@@ -13979,51 +13660,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> for employers and service providers provides a framework for working towards mentally healthy workplaces and has been jointly produced by the Equality Commission NI, Action Mental Health, Disability Action, Mind</w:t>
       </w:r>
       <w:r w:rsidR="006025EE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00574F16">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Wise, Mental Health Foundation and Inspire.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w14:paraId="1C139B0E" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRPr="005C7F60" w:rsidRDefault="00AF6D2E" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C7F60">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>X.0 Mentoring/pastoral support for those employees engaged on the contract who are disadvantaged</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37302514" w14:textId="071456B6" w:rsidR="00AF6D2E" w:rsidRPr="002A578A" w:rsidRDefault="006025EE" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -14192,62 +13873,62 @@
     </w:p>
     <w:p w14:paraId="6AD45A29" w14:textId="77777777" w:rsidR="001926C0" w:rsidRDefault="001926C0" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4452090D" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRDefault="00AF6D2E" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicator 4.2 – </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:t xml:space="preserve">Support the wellbeing of staff, suppliers, customers and communities in the delivery of the </w:t>
       </w:r>
-      <w:commentRangeStart w:id="81"/>
+      <w:commentRangeStart w:id="74"/>
       <w:r w:rsidRPr="0070786C">
         <w:t>contract</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="81"/>
+      <w:commentRangeEnd w:id="74"/>
       <w:r w:rsidR="006426EF">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="81"/>
+        <w:commentReference w:id="74"/>
       </w:r>
       <w:r w:rsidDel="00C32878">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78AC6908" w14:textId="77777777" w:rsidR="001926C0" w:rsidRPr="001926C0" w:rsidRDefault="001926C0" w:rsidP="001926C0">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D7C9720" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRDefault="00AF6D2E" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -14559,60 +14240,60 @@
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00AF6D2E" w:rsidRPr="00EC72D9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>These initiatives will be designed to s</w:t>
       </w:r>
       <w:r w:rsidR="00AF6D2E" w:rsidRPr="00EC72D9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>upport all employees working on the Contract, including those with mental health problems, to remain in and thrive through work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6866B8D6" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRDefault="00AF6D2E" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E3180C">
         <w:t xml:space="preserve">Indicator 4.3 Promote and develop arts and cultural related activities relevant to the </w:t>
       </w:r>
-      <w:commentRangeStart w:id="82"/>
+      <w:commentRangeStart w:id="75"/>
       <w:r w:rsidRPr="00E3180C">
         <w:t>contract</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="82"/>
+      <w:commentRangeEnd w:id="75"/>
       <w:r w:rsidR="006426EF">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="82"/>
+        <w:commentReference w:id="75"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1356E6F0" w14:textId="77777777" w:rsidR="001926C0" w:rsidRPr="001926C0" w:rsidRDefault="001926C0" w:rsidP="001926C0"/>
     <w:p w14:paraId="216553C1" w14:textId="474AC670" w:rsidR="001926C0" w:rsidRPr="001926C0" w:rsidRDefault="00142C47" w:rsidP="001926C0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="001926C0">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="001926C0">
         <w:tab/>
         <w:t>Initiatives to promote and develop arts and cultural related activities relevant to the contract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24D28365" w14:textId="39A7929C" w:rsidR="00AF6D2E" w:rsidRDefault="000725C3" w:rsidP="006025EE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -14648,73 +14329,73 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> initiatives to promote and develop arts and cultural related activities relevant to the contract. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B077230" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRPr="008170B3" w:rsidRDefault="00AF6D2E" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008170B3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The supplier shall agree the scope of the activities with the Authority prior to delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27B473A1" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRPr="00CC60CA" w:rsidRDefault="00AF6D2E" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:rPr>
-          <w:ins w:id="83" w:author="Author" w:date="2025-01-17T16:02:00Z" w16du:dateUtc="2025-01-17T16:02:00Z"/>
+          <w:ins w:id="76" w:author="Author" w:date="2025-01-17T16:02:00Z" w16du:dateUtc="2025-01-17T16:02:00Z"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50C4B94F" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRDefault="00AF6D2E" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC6001">
         <w:t xml:space="preserve">Indicator 4.4 – Support community cohesion and good relations in areas where the contract is delivered, for example, by ensuring people have a voice in decisions that impact </w:t>
       </w:r>
-      <w:commentRangeStart w:id="84"/>
+      <w:commentRangeStart w:id="77"/>
       <w:r w:rsidRPr="00DC6001">
         <w:t>them</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="84"/>
+      <w:commentRangeEnd w:id="77"/>
       <w:r w:rsidR="006426EF" w:rsidRPr="00DC6001">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:commentReference w:id="84"/>
+        <w:commentReference w:id="77"/>
       </w:r>
       <w:r w:rsidRPr="00DC6001">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15040B8B" w14:textId="77777777" w:rsidR="001926C0" w:rsidRPr="001926C0" w:rsidRDefault="001926C0" w:rsidP="001926C0"/>
     <w:p w14:paraId="7FEEFD73" w14:textId="77777777" w:rsidR="00142C47" w:rsidRPr="00142C47" w:rsidRDefault="00142C47" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="001926C0">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="001926C0">
         <w:tab/>
         <w:t>Initiatives to support community cohesion and good relations in areas where the contract is delivered</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D491987" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRPr="00C32878" w:rsidRDefault="00AF6D2E" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -14768,75 +14449,75 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">he supplier will deliver initiatives that are designed to improve good relations between people from different religious, political, racial and/or ethnic backgrounds in the contract workforce and/or communities affected by the contract.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="600D152A" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRPr="00C32878" w:rsidRDefault="00AF6D2E" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C32878">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The supplier shall agree the scope of the activities with the Authority prior to delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70F1D588" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRPr="00C32878" w:rsidRDefault="00AF6D2E" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:rPr>
-          <w:ins w:id="85" w:author="Author" w:date="2025-01-17T16:02:00Z" w16du:dateUtc="2025-01-17T16:02:00Z"/>
+          <w:ins w:id="78" w:author="Author" w:date="2025-01-17T16:02:00Z" w16du:dateUtc="2025-01-17T16:02:00Z"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0899A41E" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRPr="00DC6001" w:rsidRDefault="00AF6D2E" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC6001">
         <w:t xml:space="preserve">Indicator 4.5 – Take action to improve equality, diversity and inclusion in the contract’s workforce and throughout the supply </w:t>
       </w:r>
-      <w:commentRangeStart w:id="86"/>
+      <w:commentRangeStart w:id="79"/>
       <w:r w:rsidRPr="00DC6001">
         <w:t>chain</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="86"/>
+      <w:commentRangeEnd w:id="79"/>
       <w:r w:rsidR="006426EF" w:rsidRPr="00DC6001">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:commentReference w:id="86"/>
+        <w:commentReference w:id="79"/>
       </w:r>
       <w:r w:rsidRPr="00DC6001">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07AD2BDD" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRPr="00592B6B" w:rsidRDefault="00AF6D2E" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19786620" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRPr="00337F5C" w:rsidRDefault="00AF6D2E" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:tab/>
         <w:t xml:space="preserve">Equality, Diversity and Inclusion </w:t>
       </w:r>
       <w:r>
@@ -15334,51 +15015,51 @@
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>measure and evaluate initiatives to continuously improve equality, diversity and inclusion on the Contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DE4CD7C" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRPr="003215BC" w:rsidRDefault="00AF6D2E" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="87" w:name="_Hlk140482434"/>
+      <w:bookmarkStart w:id="80" w:name="_Hlk140482434"/>
       <w:r w:rsidRPr="000916CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The Action Plan must identify:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DABD228" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRPr="000916CC" w:rsidRDefault="00AF6D2E" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000916CC">
         <w:rPr>
@@ -15484,51 +15165,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5F58403B" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRPr="000916CC" w:rsidRDefault="00AF6D2E" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>mechanisms to review the effectiveness of the equality, diversity and inclusion practices and ensure continuous improvement throughout the lifetime of the contract.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p w14:paraId="6F3E8B49" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRDefault="00AF6D2E" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">At end of year review meetings, the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
@@ -15808,62 +15489,62 @@
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>PositiveActionEmployerGuide.pdf (equalityni.org)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="18071E8A" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRPr="00337F5C" w:rsidRDefault="00AF6D2E" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="642B5C5D" w14:textId="77777777" w:rsidR="00AF6D2E" w:rsidRDefault="00AF6D2E" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC6001">
         <w:t xml:space="preserve">Indicator 4.6 – Support local initiatives to reduce poverty and inequality in the area where the contract is </w:t>
       </w:r>
-      <w:commentRangeStart w:id="88"/>
+      <w:commentRangeStart w:id="81"/>
       <w:r w:rsidRPr="00DC6001">
         <w:t>delivered</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="88"/>
+      <w:commentRangeEnd w:id="81"/>
       <w:r w:rsidR="006426EF" w:rsidRPr="00DC6001">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:commentReference w:id="88"/>
+        <w:commentReference w:id="81"/>
       </w:r>
       <w:r w:rsidRPr="00DC6001">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B18C6AE" w14:textId="77777777" w:rsidR="001926C0" w:rsidRPr="001926C0" w:rsidRDefault="001926C0" w:rsidP="001926C0"/>
     <w:p w14:paraId="1D32DDCE" w14:textId="77777777" w:rsidR="00142C47" w:rsidRPr="00142C47" w:rsidRDefault="00142C47" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00142C47">
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00142C47">
         <w:tab/>
         <w:t>Local initiatives to reduce poverty and inequality in the area where the contract is delivered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E833985" w14:textId="6F32613C" w:rsidR="00AF6D2E" w:rsidRDefault="00AF6D2E" w:rsidP="00AF6D2E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -16899,65 +16580,65 @@
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall provide a completed Social Value Monitoring Report </w:t>
       </w:r>
-      <w:commentRangeStart w:id="89"/>
+      <w:commentRangeStart w:id="82"/>
       <w:r w:rsidR="00AB28D4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>every month / quarter / six months / year</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="89"/>
+      <w:commentRangeEnd w:id="82"/>
       <w:r w:rsidR="00AB28D4">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="89"/>
+        <w:commentReference w:id="82"/>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. The Authority retains the right to request interim reports. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F328FB0" w14:textId="77777777" w:rsidR="0064301F" w:rsidRDefault="0064301F" w:rsidP="0064301F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The supplier shall update the social value monitoring system with the metrics below in accordance with the clauses set out above and the initiatives the supplier committed to in their award response. </w:t>
@@ -16970,89 +16651,89 @@
         </w:rPr>
         <w:t>The Authority retains the right to request interim reports and additional information on social value delivery, including for case studies.</w:t>
       </w:r>
       <w:r w:rsidRPr="008065FB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41BF23B6" w14:textId="77777777" w:rsidR="0064301F" w:rsidRPr="0064301F" w:rsidRDefault="0064301F" w:rsidP="0064301F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="90"/>
+      <w:commentRangeStart w:id="83"/>
       <w:r w:rsidRPr="0064301F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Number </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="90"/>
+      <w:commentRangeEnd w:id="83"/>
       <w:r w:rsidRPr="0064301F">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="90"/>
+        <w:commentReference w:id="83"/>
       </w:r>
       <w:r w:rsidRPr="0064301F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>of weeks of paid employment opportunities on the contract for relevant the groups set out at clause at X.</w:t>
       </w:r>
-      <w:commentRangeStart w:id="91"/>
+      <w:commentRangeStart w:id="84"/>
       <w:r w:rsidRPr="0064301F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="91"/>
+      <w:commentRangeEnd w:id="84"/>
       <w:r w:rsidR="00DE428C">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="91"/>
+        <w:commentReference w:id="84"/>
       </w:r>
       <w:r w:rsidRPr="0064301F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CC9CF9D" w14:textId="77777777" w:rsidR="0064301F" w:rsidRPr="0064301F" w:rsidRDefault="0064301F" w:rsidP="0064301F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064301F">
         <w:rPr>
@@ -17355,119 +17036,116 @@
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: Delete text if not including theme 3</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="5" w:author="Author" w:date="2025-01-08T14:39:00Z" w:initials="A">
     <w:p w14:paraId="7096D6F7" w14:textId="77777777" w:rsidR="000B073D" w:rsidRDefault="000B073D" w:rsidP="000B073D">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: Delete text if not including theme 4</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="6" w:author="Author" w:date="2025-01-20T12:07:00Z" w:initials="A">
-    <w:p w14:paraId="0BB1E5A5" w14:textId="77777777" w:rsidR="00CB2F7F" w:rsidRDefault="004D7327" w:rsidP="00CB2F7F">
+    <w:p w14:paraId="67600785" w14:textId="77777777" w:rsidR="00B448B3" w:rsidRDefault="004D7327" w:rsidP="00B448B3">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00CB2F7F">
+      <w:r w:rsidR="00B448B3">
         <w:t xml:space="preserve">Drafting note: As set out in PPN 01/21, there are 4 social value themes which contain a number of indicators. Each indicator has a list of relevant social value initiatives. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42C3A6BC" w14:textId="77777777" w:rsidR="00CB2F7F" w:rsidRDefault="00CB2F7F" w:rsidP="00CB2F7F">
+    <w:p w14:paraId="6A0D6669" w14:textId="77777777" w:rsidR="00B448B3" w:rsidRDefault="00B448B3" w:rsidP="00B448B3">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AA08950" w14:textId="77777777" w:rsidR="00CB2F7F" w:rsidRDefault="00CB2F7F" w:rsidP="00CB2F7F">
+    <w:p w14:paraId="1F1EB5F8" w14:textId="77777777" w:rsidR="00B448B3" w:rsidRDefault="00B448B3" w:rsidP="00B448B3">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>The Authority must only include the relevant Social Value Theme, Indicator and corresponding clauses based on what they selected within the Social Value Award Criteria.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7837AD2D" w14:textId="77777777" w:rsidR="00B448B3" w:rsidRDefault="00B448B3" w:rsidP="00B448B3">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AA08950" w14:textId="77777777" w:rsidR="00B448B3" w:rsidRDefault="00B448B3" w:rsidP="00B448B3">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Delete those that are not included in the award criteria.</w:t>
+      </w:r>
+    </w:p>
   </w:comment>
-  <w:comment w:id="8" w:author="Author" w:date="2025-01-20T09:34:00Z" w:initials="A">
-    <w:p w14:paraId="67D71B96" w14:textId="46BDD7C0" w:rsidR="004D7327" w:rsidRDefault="007B15CE" w:rsidP="004D7327">
+  <w:comment w:id="8" w:author="Author" w:date="2025-01-19T16:46:00Z" w:initials="A">
+    <w:p w14:paraId="1A786AA8" w14:textId="77777777" w:rsidR="00B448B3" w:rsidRDefault="00473F94" w:rsidP="00B448B3">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="004D7327">
-        <w:t xml:space="preserve">Drafting note: Insert title of document </w:t>
+      <w:r w:rsidR="00B448B3">
+        <w:t>Drafting note: Delete indicator 1.1 and all corresponding clauses if 1.1 has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="9" w:author="Author" w:date="2025-01-19T16:46:00Z" w:initials="A">
-[...16 lines deleted...]
-    <w:p w14:paraId="23701D7E" w14:textId="77777777" w:rsidR="00753082" w:rsidRDefault="00753082" w:rsidP="00753082">
+  <w:comment w:id="9" w:author="Author" w:date="2025-01-30T10:52:00Z" w:initials="A">
+    <w:p w14:paraId="23701D7E" w14:textId="64F8C066" w:rsidR="00753082" w:rsidRDefault="00753082" w:rsidP="00753082">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: The Authority may wish to include certain groups which the Authority is responsible for delivering services / support to. For example:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F282465" w14:textId="77777777" w:rsidR="00753082" w:rsidRDefault="00753082" w:rsidP="00753082">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">a person who is at risk of becoming involved in criminality or at risk of re-offending </w:t>
       </w:r>
     </w:p>
@@ -17494,160 +17172,160 @@
       <w:r>
         <w:t xml:space="preserve">Or other groups which the Authority is focused on supporting. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46C9837A" w14:textId="77777777" w:rsidR="00753082" w:rsidRDefault="00753082" w:rsidP="00753082">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BC5BD35" w14:textId="77777777" w:rsidR="00753082" w:rsidRDefault="00753082" w:rsidP="00753082">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BF86496" w14:textId="77777777" w:rsidR="00753082" w:rsidRDefault="00753082" w:rsidP="00753082">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11C9B7FD" w14:textId="77777777" w:rsidR="00753082" w:rsidRDefault="00753082" w:rsidP="00753082">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
   </w:comment>
-  <w:comment w:id="12" w:author="Author" w:initials="A">
+  <w:comment w:id="11" w:author="Author" w:initials="A">
     <w:p w14:paraId="442A82E9" w14:textId="3495CC5A" w:rsidR="00343624" w:rsidRDefault="00343624" w:rsidP="00343624">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: Contracting Authority can add additional examples of groups who face barriers to employment.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="14" w:author="Author" w:date="2025-01-19T16:47:00Z" w:initials="A">
+  <w:comment w:id="13" w:author="Author" w:date="2025-01-19T16:47:00Z" w:initials="A">
     <w:p w14:paraId="772B5C29" w14:textId="77777777" w:rsidR="00F305FC" w:rsidRDefault="00473F94" w:rsidP="00F305FC">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00F305FC">
         <w:t>Drafting note: The Authority can add additional examples of people who are considered to be disadvantaged in the labour market or at risk of social exclusion</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="17" w:author="Author" w:date="2025-01-19T16:51:00Z" w:initials="A">
+  <w:comment w:id="16" w:author="Author" w:date="2025-01-19T16:51:00Z" w:initials="A">
     <w:p w14:paraId="4B406DA0" w14:textId="77777777" w:rsidR="00F305FC" w:rsidRDefault="00EA7094" w:rsidP="00F305FC">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00F305FC">
         <w:t>Drafting note: The Authority can additional examples of groups who face barriers to employment</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="22" w:author="Author" w:date="2025-01-30T11:29:00Z" w:initials="A">
+  <w:comment w:id="21" w:author="Author" w:date="2025-01-30T11:29:00Z" w:initials="A">
     <w:p w14:paraId="6C07345C" w14:textId="77777777" w:rsidR="002B7047" w:rsidRDefault="002B7047" w:rsidP="002B7047">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: Contracting Authority can include additional relevant examples</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="23" w:author="Author" w:date="2025-01-09T15:35:00Z" w:initials="A">
+  <w:comment w:id="22" w:author="Author" w:date="2025-01-09T15:35:00Z" w:initials="A">
     <w:p w14:paraId="4F67575E" w14:textId="741FACD7" w:rsidR="00EA7094" w:rsidRDefault="009649E4" w:rsidP="00EA7094">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00EA7094">
         <w:t>Drafting note: The clauses for indicator 1.2 are the same as those set out above for indicator 1.1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A8F8A63" w14:textId="77777777" w:rsidR="00EA7094" w:rsidRDefault="00EA7094" w:rsidP="00EA7094">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38007417" w14:textId="77777777" w:rsidR="00EA7094" w:rsidRDefault="00EA7094" w:rsidP="00EA7094">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>Remove indicator 1.2 if not including within the Social Value Award Criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="25" w:author="Author" w:date="2025-01-09T15:39:00Z" w:initials="A">
+  <w:comment w:id="24" w:author="Author" w:date="2025-01-09T15:39:00Z" w:initials="A">
     <w:p w14:paraId="4A8AC167" w14:textId="77777777" w:rsidR="00EA7094" w:rsidRDefault="00A23B87" w:rsidP="00EA7094">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00EA7094">
         <w:t>Drafting note: Remove indicator 1.3 and corresponding clauses if not including within the Social Value Award Criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="26" w:author="Author" w:date="2025-01-30T11:15:00Z" w:initials="A">
+  <w:comment w:id="25" w:author="Author" w:date="2025-01-30T11:15:00Z" w:initials="A">
     <w:p w14:paraId="7D6579F1" w14:textId="77777777" w:rsidR="00495E7C" w:rsidRDefault="00495E7C" w:rsidP="00495E7C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: The Authority may wish to include certain groups which the Authority is responsible for delivering services / support to. For example:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39040A96" w14:textId="77777777" w:rsidR="00495E7C" w:rsidRDefault="00495E7C" w:rsidP="00495E7C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">a person who is at risk of becoming involved in criminality or at risk of re-offending </w:t>
       </w:r>
@@ -17655,1166 +17333,1049 @@
     <w:p w14:paraId="6B16F607" w14:textId="77777777" w:rsidR="00495E7C" w:rsidRDefault="00495E7C" w:rsidP="00495E7C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Care leaver </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="148F271A" w14:textId="77777777" w:rsidR="00495E7C" w:rsidRDefault="00495E7C" w:rsidP="00495E7C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Or other groups which the Authority is focused on supporting. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="27" w:author="Author" w:date="2025-01-30T11:12:00Z" w:initials="A">
+  <w:comment w:id="26" w:author="Author" w:date="2025-01-30T11:12:00Z" w:initials="A">
     <w:p w14:paraId="257CF5F7" w14:textId="180A0F34" w:rsidR="00495E7C" w:rsidRDefault="00495E7C" w:rsidP="00495E7C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: The Authority can add additional examples of people who face barriers to employment</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="28" w:author="Author" w:date="2025-01-30T11:14:00Z" w:initials="A">
+  <w:comment w:id="27" w:author="Author" w:date="2025-01-30T11:14:00Z" w:initials="A">
     <w:p w14:paraId="09DBBDDE" w14:textId="77777777" w:rsidR="00495E7C" w:rsidRDefault="00495E7C" w:rsidP="00495E7C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: The Authority can add additional examples of people who are considered to be disadvantaged in the labour market / risk of social exclusion</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="29" w:author="Author" w:date="2025-01-30T11:29:00Z" w:initials="A">
+  <w:comment w:id="28" w:author="Author" w:date="2025-01-30T11:29:00Z" w:initials="A">
     <w:p w14:paraId="65C81BAF" w14:textId="77777777" w:rsidR="006D5DD7" w:rsidRDefault="006D5DD7" w:rsidP="006D5DD7">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: Contracting Authority can include additional relevant examples</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="30" w:author="Author" w:date="2025-01-27T14:06:00Z" w:initials="A">
+  <w:comment w:id="29" w:author="Author" w:date="2025-01-27T14:06:00Z" w:initials="A">
     <w:p w14:paraId="68B59AC6" w14:textId="77777777" w:rsidR="00CB2F7F" w:rsidRDefault="00CB2F7F" w:rsidP="00CB2F7F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting Note:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19FF8003" w14:textId="77777777" w:rsidR="00CB2F7F" w:rsidRDefault="00CB2F7F" w:rsidP="00CB2F7F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Authority can add additional examples of groups who face barriers to employment in relation to the provision of financial support for qualifications. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="31" w:author="Author" w:date="2025-01-16T12:04:00Z" w:initials="A">
+  <w:comment w:id="30" w:author="Author" w:date="2025-01-16T12:04:00Z" w:initials="A">
     <w:p w14:paraId="513BCA36" w14:textId="7B9444FA" w:rsidR="00D1796D" w:rsidRDefault="00123E1D" w:rsidP="00D1796D">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00D1796D">
         <w:t>Drafting note: Remove indicator 1.4 and corresponding clauses if not including within social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="32" w:author="Author" w:initials="A">
+  <w:comment w:id="31" w:author="Author" w:initials="A">
     <w:p w14:paraId="79B1D848" w14:textId="77777777" w:rsidR="00F305FC" w:rsidRDefault="00343624" w:rsidP="00F305FC">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00F305FC">
         <w:t>Drafting note: The Authority should update depending on their priorities.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="33" w:author="Author" w:date="2025-01-20T09:50:00Z" w:initials="A">
+  <w:comment w:id="32" w:author="Author" w:date="2025-01-20T09:50:00Z" w:initials="A">
     <w:p w14:paraId="5F370474" w14:textId="77777777" w:rsidR="00F305FC" w:rsidRDefault="00D1796D" w:rsidP="00F305FC">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00F305FC">
         <w:t>Drafting note: The Authority may add additional examples of groups who are disadvantaged.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="34" w:author="Author" w:date="2025-01-30T15:31:00Z" w:initials="A">
+  <w:comment w:id="33" w:author="Author" w:date="2025-01-30T15:31:00Z" w:initials="A">
     <w:p w14:paraId="0CC5B653" w14:textId="77777777" w:rsidR="00D4592D" w:rsidRDefault="00D4592D" w:rsidP="00D4592D">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: Remove indicator 1.5 and corresponding clauses if not including within social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="35" w:author="Author" w:date="2025-01-20T09:50:00Z" w:initials="A">
+  <w:comment w:id="34" w:author="Author" w:date="2025-01-20T09:50:00Z" w:initials="A">
     <w:p w14:paraId="32F5C4F9" w14:textId="5773409D" w:rsidR="006D5DD7" w:rsidRDefault="006D5DD7" w:rsidP="006D5DD7">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: The Authority may add additional examples of groups who are disadvantaged.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="36" w:author="Author" w:date="2025-01-30T11:12:00Z" w:initials="A">
+  <w:comment w:id="35" w:author="Author" w:date="2025-01-30T11:12:00Z" w:initials="A">
     <w:p w14:paraId="49BCAC40" w14:textId="77777777" w:rsidR="001540E2" w:rsidRDefault="001540E2" w:rsidP="001540E2">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: The Authority can add additional examples of people who face barriers to employment</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="37" w:author="Author" w:date="2025-01-20T10:41:00Z" w:initials="A">
+  <w:comment w:id="36" w:author="Author" w:date="2025-01-20T10:41:00Z" w:initials="A">
     <w:p w14:paraId="28655593" w14:textId="35A54710" w:rsidR="00A3761E" w:rsidRDefault="00A3761E" w:rsidP="00A3761E">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: Remove indicator 1.6 and corresponding clauses if not including within social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="38" w:author="Author" w:date="2025-01-20T10:57:00Z" w:initials="A">
+  <w:comment w:id="37" w:author="Author" w:date="2025-01-20T10:57:00Z" w:initials="A">
     <w:p w14:paraId="3F899440" w14:textId="77777777" w:rsidR="004D3944" w:rsidRDefault="004D3944" w:rsidP="004D3944">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: Remove indicator 1.7 and corresponding clauses if not including within social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="41" w:author="Author" w:date="2025-01-20T11:00:00Z" w:initials="A">
-    <w:p w14:paraId="4B97FC3B" w14:textId="7F0FAA65" w:rsidR="004D3944" w:rsidRDefault="004D3944" w:rsidP="004D3944">
+  <w:comment w:id="39" w:author="Author" w:date="2025-01-20T11:01:00Z" w:initials="A">
+    <w:p w14:paraId="46786639" w14:textId="2A927BC5" w:rsidR="00775433" w:rsidRDefault="00775433" w:rsidP="00775433">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t>Drafting note: insert title of relevant procurement document</w:t>
+        <w:t>Drafting note: remove indicator 2.1 and corresponding clauses if not included in social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="42" w:author="Author" w:date="2025-01-09T14:56:00Z" w:initials="A">
-    <w:p w14:paraId="40689697" w14:textId="77777777" w:rsidR="00F305FC" w:rsidRDefault="00026638" w:rsidP="00F305FC">
+  <w:comment w:id="40" w:author="MacLean, Andrea" w:date="2023-12-14T15:48:00Z" w:initials="AM">
+    <w:p w14:paraId="4A31245E" w14:textId="77777777" w:rsidR="00713A77" w:rsidRDefault="00713A77" w:rsidP="00713A77">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00F305FC">
-        <w:t>Drafting note: The Authority must review the initiatives included under Theme 2 and remove those which are not listed as examples within the award criteria.</w:t>
+      <w:r>
+        <w:t>Drafting note: insert number of days</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="40" w:author="Author" w:date="2025-01-09T14:55:00Z" w:initials="A">
-    <w:p w14:paraId="048EF0A9" w14:textId="23F23EE4" w:rsidR="004D3944" w:rsidRDefault="00DB1670" w:rsidP="004D3944">
+  <w:comment w:id="42" w:author="Borelan, Lizzie" w:date="2025-03-18T17:53:00Z" w:initials="LB">
+    <w:p w14:paraId="6D33792C" w14:textId="77777777" w:rsidR="00DC6001" w:rsidRDefault="00DC6001" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="004D3944">
-        <w:t xml:space="preserve">Drafting note: remove theme 2 and corresponding indicators and clauses if this theme hasn’t been selected in the social value award criteria. </w:t>
+      <w:r>
+        <w:t>Drafting note: insert number of days</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="43" w:author="Author" w:date="2025-01-20T11:01:00Z" w:initials="A">
-    <w:p w14:paraId="46786639" w14:textId="2A927BC5" w:rsidR="00775433" w:rsidRDefault="00775433" w:rsidP="00775433">
+  <w:comment w:id="43" w:author="Author" w:date="2025-01-20T11:02:00Z" w:initials="A">
+    <w:p w14:paraId="5A0268C9" w14:textId="546CBFF0" w:rsidR="00775433" w:rsidRDefault="00775433" w:rsidP="00775433">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t>Drafting note: remove indicator 2.1 and corresponding clauses if not included in social value award criteria</w:t>
+        <w:t>Drafting note: insert timeframe</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="44" w:author="MacLean, Andrea" w:date="2023-12-14T15:48:00Z" w:initials="AM">
-    <w:p w14:paraId="4A31245E" w14:textId="77777777" w:rsidR="00713A77" w:rsidRDefault="00713A77" w:rsidP="00713A77">
+  <w:comment w:id="45" w:author="Author" w:initials="A">
+    <w:p w14:paraId="0C49A173" w14:textId="77777777" w:rsidR="00BE586B" w:rsidRDefault="00BE586B" w:rsidP="00BE586B">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t>Drafting note: insert number of days</w:t>
+        <w:t>Drafting note: The Authority should update depending on their priorities.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="46" w:author="Borelan, Lizzie" w:date="2025-03-18T17:53:00Z" w:initials="LB">
-    <w:p w14:paraId="6D33792C" w14:textId="77777777" w:rsidR="00DC6001" w:rsidRDefault="00DC6001" w:rsidP="00DC6001">
+  <w:comment w:id="46" w:author="Author" w:date="2025-01-20T11:06:00Z" w:initials="A">
+    <w:p w14:paraId="501F4F49" w14:textId="77777777" w:rsidR="00BB47E4" w:rsidRDefault="00BB47E4" w:rsidP="00BB47E4">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t>Drafting note: insert number of days</w:t>
+        <w:t>Drafting note: remove indicator 2.2 and corresponding clauses if not including in social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="47" w:author="Author" w:date="2025-01-20T11:02:00Z" w:initials="A">
-[...47 lines deleted...]
-  <w:comment w:id="52" w:author="MacLean, Andrea" w:date="2023-12-14T15:38:00Z" w:initials="AM">
+  <w:comment w:id="48" w:author="MacLean, Andrea" w:date="2023-12-14T15:38:00Z" w:initials="AM">
     <w:p w14:paraId="52C8D9D0" w14:textId="77777777" w:rsidR="00BB47E4" w:rsidRDefault="00581504" w:rsidP="00BB47E4">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00BB47E4">
         <w:t>Drafting note: insert number of days</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="53" w:author="MacLean, Andrea" w:date="2023-12-14T15:48:00Z" w:initials="AM">
+  <w:comment w:id="49" w:author="MacLean, Andrea" w:date="2023-12-14T15:48:00Z" w:initials="AM">
     <w:p w14:paraId="1F0B0D23" w14:textId="77777777" w:rsidR="002C5954" w:rsidRDefault="002C5954" w:rsidP="002C5954">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: insert number of days</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="55" w:author="Author" w:date="2025-01-30T15:45:00Z" w:initials="A">
+  <w:comment w:id="51" w:author="Author" w:date="2025-01-30T15:45:00Z" w:initials="A">
     <w:p w14:paraId="4618CCB7" w14:textId="77777777" w:rsidR="00713A77" w:rsidRDefault="00713A77" w:rsidP="00713A77">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: insert number of days</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="56" w:author="Author" w:date="2025-01-16T15:26:00Z" w:initials="A">
+  <w:comment w:id="52" w:author="Author" w:date="2025-01-16T15:26:00Z" w:initials="A">
     <w:p w14:paraId="0C898491" w14:textId="056AB5EE" w:rsidR="00BB47E4" w:rsidRDefault="00581504" w:rsidP="00BB47E4">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00BB47E4">
         <w:t>Drafting note: remove indicator 2.3 and corresponding clauses if not including in social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="57" w:author="Author" w:date="2025-01-27T20:45:00Z" w:initials="A">
+  <w:comment w:id="53" w:author="Author" w:date="2025-01-27T20:45:00Z" w:initials="A">
     <w:p w14:paraId="02716479" w14:textId="77777777" w:rsidR="00D8518C" w:rsidRDefault="00D8518C" w:rsidP="00D8518C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53283652" w14:textId="77777777" w:rsidR="00D8518C" w:rsidRDefault="00D8518C" w:rsidP="00D8518C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:ind w:left="140"/>
       </w:pPr>
       <w:r>
         <w:t>The Contracting Authority may wish to target this initiative to sectors / groups which are linked to the Authority’s strategic priorities, where relevant.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="58" w:author="Author" w:date="2025-01-20T11:12:00Z" w:initials="A">
+  <w:comment w:id="54" w:author="Author" w:date="2025-01-20T11:12:00Z" w:initials="A">
     <w:p w14:paraId="64BB77AE" w14:textId="77777777" w:rsidR="00BB47E4" w:rsidRDefault="00BB47E4" w:rsidP="00BB47E4">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 2.4 and corresponding clauses if this indicator has not been included in social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="59" w:author="Author" w:date="2025-01-20T11:20:00Z" w:initials="A">
+  <w:comment w:id="55" w:author="Author" w:date="2025-01-20T11:20:00Z" w:initials="A">
     <w:p w14:paraId="47253A92" w14:textId="0F3777C7" w:rsidR="00DF3653" w:rsidRDefault="00DF3653" w:rsidP="00DF3653">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 2.5 and corresponding clauses if this indicator has not been included in social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="60" w:author="Author" w:date="2025-01-30T12:49:00Z" w:initials="A">
+  <w:comment w:id="56" w:author="Author" w:date="2025-01-30T12:49:00Z" w:initials="A">
     <w:p w14:paraId="5FDE552F" w14:textId="77777777" w:rsidR="0068375E" w:rsidRDefault="00AA7E72" w:rsidP="0068375E">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="0068375E">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Drafting note: If selecting this indicator, contact Social Value Unit on </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="0068375E" w:rsidRPr="001B1F64">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>info@socialvalueni.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:comment>
-  <w:comment w:id="61" w:author="MacLean, Andrea" w:date="2023-12-14T15:48:00Z" w:initials="AM">
+  <w:comment w:id="57" w:author="MacLean, Andrea" w:date="2023-12-14T15:48:00Z" w:initials="AM">
     <w:p w14:paraId="7F631C45" w14:textId="77777777" w:rsidR="001540E2" w:rsidRDefault="001540E2" w:rsidP="001540E2">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: insert number of days</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="63" w:author="Author" w:date="2025-01-30T15:45:00Z" w:initials="A">
+  <w:comment w:id="59" w:author="Author" w:date="2025-01-30T15:45:00Z" w:initials="A">
     <w:p w14:paraId="184074A9" w14:textId="77777777" w:rsidR="001540E2" w:rsidRDefault="001540E2" w:rsidP="001540E2">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: insert number of days</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="64" w:author="Author" w:date="2025-01-30T12:51:00Z" w:initials="A">
+  <w:comment w:id="60" w:author="Author" w:date="2025-01-30T12:51:00Z" w:initials="A">
     <w:p w14:paraId="694DBC3A" w14:textId="7C66DDB1" w:rsidR="00AA7E72" w:rsidRDefault="00AA7E72" w:rsidP="00AA7E72">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: The Authority should tailor this clause to reflect specific needs of contract. Contact Social Value Unit for advice if using this indicator</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="66" w:author="Author" w:date="2025-01-20T11:00:00Z" w:initials="A">
-[...47 lines deleted...]
-  <w:comment w:id="69" w:author="Author" w:date="2025-01-17T11:58:00Z" w:initials="A">
+  <w:comment w:id="62" w:author="Author" w:date="2025-01-17T11:58:00Z" w:initials="A">
     <w:p w14:paraId="495EF5D8" w14:textId="77777777" w:rsidR="00DF3653" w:rsidRDefault="00316484" w:rsidP="00DF3653">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00DF3653">
         <w:t>Drafting note: remove indicator 3.1 and corresponding clause if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="70" w:author="Author" w:date="2025-01-20T11:28:00Z" w:initials="A">
+  <w:comment w:id="63" w:author="Author" w:date="2025-01-20T11:28:00Z" w:initials="A">
     <w:p w14:paraId="324F8923" w14:textId="77777777" w:rsidR="001A1479" w:rsidRDefault="001A1479" w:rsidP="001A1479">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 3.2 and corresponding clause if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="71" w:author="Author" w:date="2025-01-20T11:28:00Z" w:initials="A">
+  <w:comment w:id="64" w:author="Author" w:date="2025-01-20T11:28:00Z" w:initials="A">
     <w:p w14:paraId="0A3FCDB9" w14:textId="77777777" w:rsidR="00282329" w:rsidRDefault="00282329" w:rsidP="00282329">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 3.2 and corresponding clause if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="72" w:author="Author" w:date="2025-01-20T11:28:00Z" w:initials="A">
+  <w:comment w:id="65" w:author="Author" w:date="2025-01-20T11:28:00Z" w:initials="A">
     <w:p w14:paraId="62AB6EE2" w14:textId="77777777" w:rsidR="001A1479" w:rsidRDefault="001A1479" w:rsidP="001A1479">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 3.3 and corresponding clause if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="73" w:author="Author" w:date="2025-01-20T11:29:00Z" w:initials="A">
+  <w:comment w:id="66" w:author="Author" w:date="2025-01-20T11:29:00Z" w:initials="A">
     <w:p w14:paraId="33175E42" w14:textId="77777777" w:rsidR="001A1479" w:rsidRDefault="001A1479" w:rsidP="001A1479">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 3.4 and corresponding clause if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="74" w:author="Author" w:date="2025-01-20T11:32:00Z" w:initials="A">
+  <w:comment w:id="67" w:author="Author" w:date="2025-01-20T11:32:00Z" w:initials="A">
     <w:p w14:paraId="24075E87" w14:textId="77777777" w:rsidR="001A1479" w:rsidRDefault="001A1479" w:rsidP="001A1479">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 3.5 and corresponding clause if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="75" w:author="Author" w:date="2025-01-20T11:33:00Z" w:initials="A">
+  <w:comment w:id="68" w:author="Author" w:date="2025-01-20T11:33:00Z" w:initials="A">
     <w:p w14:paraId="4166C2E1" w14:textId="77777777" w:rsidR="001A1479" w:rsidRDefault="001A1479" w:rsidP="001A1479">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 3.7 and corresponding clause if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="76" w:author="Author" w:date="2025-01-20T11:33:00Z" w:initials="A">
+  <w:comment w:id="69" w:author="Author" w:date="2025-01-20T11:33:00Z" w:initials="A">
     <w:p w14:paraId="732B0895" w14:textId="77777777" w:rsidR="001A1479" w:rsidRDefault="001A1479" w:rsidP="001A1479">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 3.8 and corresponding clause if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="77" w:author="Author" w:date="2025-01-17T16:21:00Z" w:initials="A">
+  <w:comment w:id="70" w:author="Author" w:date="2025-01-17T16:21:00Z" w:initials="A">
     <w:p w14:paraId="0DB1B50F" w14:textId="587F7020" w:rsidR="007466FA" w:rsidRDefault="007466FA" w:rsidP="007466FA">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: Remove all text relating to Theme 4 if this theme has not been included within the Social Value Award Criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="78" w:author="Author" w:date="2025-01-20T11:53:00Z" w:initials="A">
+  <w:comment w:id="71" w:author="Author" w:date="2025-01-20T11:53:00Z" w:initials="A">
     <w:p w14:paraId="155B90B2" w14:textId="77777777" w:rsidR="006426EF" w:rsidRDefault="006426EF" w:rsidP="006426EF">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 4.1 and corresponding clauses if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="81" w:author="Author" w:date="2025-01-20T11:54:00Z" w:initials="A">
+  <w:comment w:id="74" w:author="Author" w:date="2025-01-20T11:54:00Z" w:initials="A">
     <w:p w14:paraId="6982D11D" w14:textId="77777777" w:rsidR="006426EF" w:rsidRDefault="006426EF" w:rsidP="006426EF">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 4.2 and corresponding clauses if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="82" w:author="Author" w:date="2025-01-20T11:54:00Z" w:initials="A">
+  <w:comment w:id="75" w:author="Author" w:date="2025-01-20T11:54:00Z" w:initials="A">
     <w:p w14:paraId="2EB4F63B" w14:textId="77777777" w:rsidR="006426EF" w:rsidRDefault="006426EF" w:rsidP="006426EF">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 4.3 and corresponding clauses if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="84" w:author="Author" w:date="2025-01-20T11:54:00Z" w:initials="A">
+  <w:comment w:id="77" w:author="Author" w:date="2025-01-20T11:54:00Z" w:initials="A">
     <w:p w14:paraId="76A05911" w14:textId="77777777" w:rsidR="006426EF" w:rsidRDefault="006426EF" w:rsidP="006426EF">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 4.4 and corresponding clauses if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="86" w:author="Author" w:date="2025-01-20T11:55:00Z" w:initials="A">
+  <w:comment w:id="79" w:author="Author" w:date="2025-01-20T11:55:00Z" w:initials="A">
     <w:p w14:paraId="6101E055" w14:textId="77777777" w:rsidR="006426EF" w:rsidRDefault="006426EF" w:rsidP="006426EF">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 4.5 and corresponding clauses if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="88" w:author="Author" w:date="2025-01-20T11:55:00Z" w:initials="A">
+  <w:comment w:id="81" w:author="Author" w:date="2025-01-20T11:55:00Z" w:initials="A">
     <w:p w14:paraId="2000AF5F" w14:textId="77777777" w:rsidR="006426EF" w:rsidRDefault="006426EF" w:rsidP="006426EF">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 4.6 and corresponding clauses if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="89" w:author="McCann, Jeannie" w:date="2023-07-28T12:31:00Z" w:initials="MJ">
+  <w:comment w:id="82" w:author="McCann, Jeannie" w:date="2023-07-28T12:31:00Z" w:initials="MJ">
     <w:p w14:paraId="2EA12A4B" w14:textId="2C3C4634" w:rsidR="00AB28D4" w:rsidRDefault="00AB28D4" w:rsidP="001A1479">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting Note: select the most appropriate timeframe for the contract</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="90" w:author="McCann, Jeannie [2]" w:date="2025-01-03T11:40:00Z" w:initials="JM">
+  <w:comment w:id="83" w:author="McCann, Jeannie [2]" w:date="2025-01-03T11:40:00Z" w:initials="JM">
     <w:p w14:paraId="4546F1B9" w14:textId="77777777" w:rsidR="0064301F" w:rsidRDefault="0064301F" w:rsidP="0064301F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Drafting Note: Contracting Authorities must only include bullet points which are relevant to the indicator selected to score social value in the Invitation to Tender document. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="91" w:author="Author" w:date="2025-01-30T16:55:00Z" w:initials="A">
+  <w:comment w:id="84" w:author="Author" w:date="2025-01-30T16:55:00Z" w:initials="A">
     <w:p w14:paraId="5D0347FD" w14:textId="77777777" w:rsidR="00DE428C" w:rsidRDefault="00DE428C" w:rsidP="00DE428C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: insert clause reference for employment</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="35DE1E27" w15:done="0"/>
   <w15:commentEx w15:paraId="013ECFC4" w15:done="0"/>
   <w15:commentEx w15:paraId="0AFB383C" w15:done="0"/>
   <w15:commentEx w15:paraId="572C2730" w15:done="0"/>
   <w15:commentEx w15:paraId="3E39B003" w15:done="0"/>
   <w15:commentEx w15:paraId="7096D6F7" w15:done="0"/>
   <w15:commentEx w15:paraId="5AA08950" w15:done="0"/>
-  <w15:commentEx w15:paraId="67D71B96" w15:done="0"/>
   <w15:commentEx w15:paraId="1A786AA8" w15:done="0"/>
   <w15:commentEx w15:paraId="11C9B7FD" w15:done="0"/>
   <w15:commentEx w15:paraId="442A82E9" w15:done="0"/>
   <w15:commentEx w15:paraId="772B5C29" w15:done="0"/>
   <w15:commentEx w15:paraId="4B406DA0" w15:done="0"/>
   <w15:commentEx w15:paraId="6C07345C" w15:done="0"/>
   <w15:commentEx w15:paraId="38007417" w15:done="0"/>
   <w15:commentEx w15:paraId="4A8AC167" w15:done="0"/>
   <w15:commentEx w15:paraId="148F271A" w15:done="0"/>
   <w15:commentEx w15:paraId="257CF5F7" w15:done="0"/>
   <w15:commentEx w15:paraId="09DBBDDE" w15:done="0"/>
   <w15:commentEx w15:paraId="65C81BAF" w15:done="0"/>
   <w15:commentEx w15:paraId="19FF8003" w15:done="0"/>
   <w15:commentEx w15:paraId="513BCA36" w15:done="0"/>
   <w15:commentEx w15:paraId="79B1D848" w15:done="0"/>
   <w15:commentEx w15:paraId="5F370474" w15:done="0"/>
   <w15:commentEx w15:paraId="0CC5B653" w15:done="0"/>
   <w15:commentEx w15:paraId="32F5C4F9" w15:done="0"/>
   <w15:commentEx w15:paraId="49BCAC40" w15:done="0"/>
   <w15:commentEx w15:paraId="28655593" w15:done="0"/>
   <w15:commentEx w15:paraId="3F899440" w15:done="0"/>
-  <w15:commentEx w15:paraId="4B97FC3B" w15:done="0"/>
-[...1 lines deleted...]
-  <w15:commentEx w15:paraId="048EF0A9" w15:done="0"/>
   <w15:commentEx w15:paraId="46786639" w15:done="0"/>
   <w15:commentEx w15:paraId="4A31245E" w15:done="0"/>
   <w15:commentEx w15:paraId="6D33792C" w15:done="0"/>
   <w15:commentEx w15:paraId="5A0268C9" w15:done="0"/>
   <w15:commentEx w15:paraId="0C49A173" w15:done="0"/>
   <w15:commentEx w15:paraId="501F4F49" w15:done="0"/>
   <w15:commentEx w15:paraId="52C8D9D0" w15:done="0"/>
   <w15:commentEx w15:paraId="1F0B0D23" w15:done="0"/>
   <w15:commentEx w15:paraId="4618CCB7" w15:done="0"/>
   <w15:commentEx w15:paraId="0C898491" w15:done="0"/>
   <w15:commentEx w15:paraId="53283652" w15:done="0"/>
   <w15:commentEx w15:paraId="64BB77AE" w15:done="0"/>
   <w15:commentEx w15:paraId="47253A92" w15:done="0"/>
   <w15:commentEx w15:paraId="5FDE552F" w15:done="0"/>
   <w15:commentEx w15:paraId="7F631C45" w15:done="0"/>
   <w15:commentEx w15:paraId="184074A9" w15:done="0"/>
   <w15:commentEx w15:paraId="694DBC3A" w15:done="0"/>
-  <w15:commentEx w15:paraId="39847F78" w15:done="0"/>
-[...1 lines deleted...]
-  <w15:commentEx w15:paraId="4191D056" w15:done="0"/>
   <w15:commentEx w15:paraId="495EF5D8" w15:done="0"/>
   <w15:commentEx w15:paraId="324F8923" w15:done="0"/>
   <w15:commentEx w15:paraId="0A3FCDB9" w15:done="0"/>
   <w15:commentEx w15:paraId="62AB6EE2" w15:done="0"/>
   <w15:commentEx w15:paraId="33175E42" w15:done="0"/>
   <w15:commentEx w15:paraId="24075E87" w15:done="0"/>
   <w15:commentEx w15:paraId="4166C2E1" w15:done="0"/>
   <w15:commentEx w15:paraId="732B0895" w15:done="0"/>
   <w15:commentEx w15:paraId="0DB1B50F" w15:done="0"/>
   <w15:commentEx w15:paraId="155B90B2" w15:done="0"/>
   <w15:commentEx w15:paraId="6982D11D" w15:done="0"/>
   <w15:commentEx w15:paraId="2EB4F63B" w15:done="0"/>
   <w15:commentEx w15:paraId="76A05911" w15:done="0"/>
   <w15:commentEx w15:paraId="6101E055" w15:done="0"/>
   <w15:commentEx w15:paraId="2000AF5F" w15:done="0"/>
   <w15:commentEx w15:paraId="2EA12A4B" w15:done="0"/>
   <w15:commentEx w15:paraId="4546F1B9" w15:done="0"/>
   <w15:commentEx w15:paraId="5D0347FD" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="4DBA5EC5" w16cex:dateUtc="2025-01-08T14:30:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="4975E676" w16cex:dateUtc="2025-01-08T14:32:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="4E30F47A" w16cex:dateUtc="2025-01-08T14:40:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="3CAE4C37" w16cex:dateUtc="2025-01-08T14:39:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="683D6926" w16cex:dateUtc="2025-01-08T14:39:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="55AA1EFE" w16cex:dateUtc="2025-01-08T14:39:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="1ADAAF7D" w16cex:dateUtc="2025-01-20T12:07:00Z"/>
-  <w16cex:commentExtensible w16cex:durableId="6847A515" w16cex:dateUtc="2025-01-20T09:34:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="789DBC6A" w16cex:dateUtc="2025-01-19T16:46:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="6B90C448" w16cex:dateUtc="2025-01-30T10:52:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="557FE2A2" w16cex:dateUtc="2025-01-19T16:47:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="26D52398" w16cex:dateUtc="2025-01-19T16:51:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="3AE1F48E" w16cex:dateUtc="2025-01-30T11:29:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="44F8C326" w16cex:dateUtc="2025-01-09T15:35:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="6319984E" w16cex:dateUtc="2025-01-09T15:39:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="1782F6A1" w16cex:dateUtc="2025-01-30T11:15:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="5A583F80" w16cex:dateUtc="2025-01-30T11:12:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="71B9F5B8" w16cex:dateUtc="2025-01-30T11:14:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="43B0AAC9" w16cex:dateUtc="2025-01-30T11:29:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="40396D05" w16cex:dateUtc="2025-01-27T14:06:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="0758B7FB" w16cex:dateUtc="2025-01-16T12:04:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="59216784" w16cex:dateUtc="2025-01-20T09:50:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="49769991" w16cex:dateUtc="2025-01-30T15:31:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="0A9511AA" w16cex:dateUtc="2025-01-20T09:50:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="4D8B11E3" w16cex:dateUtc="2025-01-30T11:12:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="7BBFA32D" w16cex:dateUtc="2025-01-20T10:41:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="5B7C0411" w16cex:dateUtc="2025-01-20T10:57:00Z"/>
-  <w16cex:commentExtensible w16cex:durableId="445B5FAB" w16cex:dateUtc="2025-01-20T11:00:00Z"/>
-[...1 lines deleted...]
-  <w16cex:commentExtensible w16cex:durableId="1DFE22F2" w16cex:dateUtc="2025-01-09T14:55:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2CD318D6" w16cex:dateUtc="2025-01-20T11:01:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="2497EC41" w16cex:dateUtc="2023-12-14T15:48:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="0B29ED60" w16cex:dateUtc="2025-03-18T17:53:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="1072B7FD" w16cex:dateUtc="2025-01-20T11:02:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="39F22C10" w16cex:dateUtc="2025-01-20T11:06:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="41B4A111" w16cex:dateUtc="2023-12-14T15:38:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="196BFA6D" w16cex:dateUtc="2023-12-14T15:48:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="6A049DAD" w16cex:dateUtc="2025-01-30T15:45:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="25AC391C" w16cex:dateUtc="2025-01-16T15:26:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="71E99366" w16cex:dateUtc="2025-01-27T20:45:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="028ABE03" w16cex:dateUtc="2025-01-20T11:12:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="482788E2" w16cex:dateUtc="2025-01-20T11:20:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="0E0926E5" w16cex:dateUtc="2025-01-30T12:49:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="3461EA6E" w16cex:dateUtc="2023-12-14T15:48:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="48CD3AD1" w16cex:dateUtc="2025-01-30T15:45:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="0A21F1F9" w16cex:dateUtc="2025-01-30T12:51:00Z"/>
-  <w16cex:commentExtensible w16cex:durableId="0D6B3A9D" w16cex:dateUtc="2025-01-20T11:00:00Z"/>
-[...1 lines deleted...]
-  <w16cex:commentExtensible w16cex:durableId="12AD7E4C" w16cex:dateUtc="2025-01-09T14:55:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="53CD2F90" w16cex:dateUtc="2025-01-17T11:58:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="46818D55" w16cex:dateUtc="2025-01-20T11:28:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="21A1453F" w16cex:dateUtc="2025-01-20T11:28:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="02960358" w16cex:dateUtc="2025-01-20T11:28:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="4B9CC0C7" w16cex:dateUtc="2025-01-20T11:29:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="3E02C010" w16cex:dateUtc="2025-01-20T11:32:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="5B33810D" w16cex:dateUtc="2025-01-20T11:33:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="744D236B" w16cex:dateUtc="2025-01-20T11:33:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="12AAB471" w16cex:dateUtc="2025-01-17T16:21:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="474725A7" w16cex:dateUtc="2025-01-20T11:53:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="7F41F9FA" w16cex:dateUtc="2025-01-20T11:54:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="68F6954B" w16cex:dateUtc="2025-01-20T11:54:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="4614979A" w16cex:dateUtc="2025-01-20T11:54:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="67C46C92" w16cex:dateUtc="2025-01-20T11:55:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="017EA1E6" w16cex:dateUtc="2025-01-20T11:55:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="286E33BB" w16cex:dateUtc="2023-07-28T11:31:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="20F75376" w16cex:dateUtc="2025-01-03T11:40:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="4B7CE5D9" w16cex:dateUtc="2025-01-30T16:55:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="35DE1E27" w16cid:durableId="4DBA5EC5"/>
   <w16cid:commentId w16cid:paraId="013ECFC4" w16cid:durableId="4975E676"/>
   <w16cid:commentId w16cid:paraId="0AFB383C" w16cid:durableId="4E30F47A"/>
   <w16cid:commentId w16cid:paraId="572C2730" w16cid:durableId="3CAE4C37"/>
   <w16cid:commentId w16cid:paraId="3E39B003" w16cid:durableId="683D6926"/>
   <w16cid:commentId w16cid:paraId="7096D6F7" w16cid:durableId="55AA1EFE"/>
   <w16cid:commentId w16cid:paraId="5AA08950" w16cid:durableId="1ADAAF7D"/>
-  <w16cid:commentId w16cid:paraId="67D71B96" w16cid:durableId="6847A515"/>
   <w16cid:commentId w16cid:paraId="1A786AA8" w16cid:durableId="789DBC6A"/>
   <w16cid:commentId w16cid:paraId="11C9B7FD" w16cid:durableId="6B90C448"/>
   <w16cid:commentId w16cid:paraId="442A82E9" w16cid:durableId="25E5BF68"/>
   <w16cid:commentId w16cid:paraId="772B5C29" w16cid:durableId="557FE2A2"/>
   <w16cid:commentId w16cid:paraId="4B406DA0" w16cid:durableId="26D52398"/>
   <w16cid:commentId w16cid:paraId="6C07345C" w16cid:durableId="3AE1F48E"/>
   <w16cid:commentId w16cid:paraId="38007417" w16cid:durableId="44F8C326"/>
   <w16cid:commentId w16cid:paraId="4A8AC167" w16cid:durableId="6319984E"/>
   <w16cid:commentId w16cid:paraId="148F271A" w16cid:durableId="1782F6A1"/>
   <w16cid:commentId w16cid:paraId="257CF5F7" w16cid:durableId="5A583F80"/>
   <w16cid:commentId w16cid:paraId="09DBBDDE" w16cid:durableId="71B9F5B8"/>
   <w16cid:commentId w16cid:paraId="65C81BAF" w16cid:durableId="43B0AAC9"/>
   <w16cid:commentId w16cid:paraId="19FF8003" w16cid:durableId="40396D05"/>
   <w16cid:commentId w16cid:paraId="513BCA36" w16cid:durableId="0758B7FB"/>
   <w16cid:commentId w16cid:paraId="79B1D848" w16cid:durableId="6FD43E82"/>
   <w16cid:commentId w16cid:paraId="5F370474" w16cid:durableId="59216784"/>
   <w16cid:commentId w16cid:paraId="0CC5B653" w16cid:durableId="49769991"/>
   <w16cid:commentId w16cid:paraId="32F5C4F9" w16cid:durableId="0A9511AA"/>
   <w16cid:commentId w16cid:paraId="49BCAC40" w16cid:durableId="4D8B11E3"/>
   <w16cid:commentId w16cid:paraId="28655593" w16cid:durableId="7BBFA32D"/>
   <w16cid:commentId w16cid:paraId="3F899440" w16cid:durableId="5B7C0411"/>
-  <w16cid:commentId w16cid:paraId="4B97FC3B" w16cid:durableId="445B5FAB"/>
-[...1 lines deleted...]
-  <w16cid:commentId w16cid:paraId="048EF0A9" w16cid:durableId="1DFE22F2"/>
   <w16cid:commentId w16cid:paraId="46786639" w16cid:durableId="2CD318D6"/>
   <w16cid:commentId w16cid:paraId="4A31245E" w16cid:durableId="2497EC41"/>
   <w16cid:commentId w16cid:paraId="6D33792C" w16cid:durableId="0B29ED60"/>
   <w16cid:commentId w16cid:paraId="5A0268C9" w16cid:durableId="1072B7FD"/>
   <w16cid:commentId w16cid:paraId="0C49A173" w16cid:durableId="240968E5"/>
   <w16cid:commentId w16cid:paraId="501F4F49" w16cid:durableId="39F22C10"/>
   <w16cid:commentId w16cid:paraId="52C8D9D0" w16cid:durableId="41B4A111"/>
   <w16cid:commentId w16cid:paraId="1F0B0D23" w16cid:durableId="196BFA6D"/>
   <w16cid:commentId w16cid:paraId="4618CCB7" w16cid:durableId="6A049DAD"/>
   <w16cid:commentId w16cid:paraId="0C898491" w16cid:durableId="25AC391C"/>
   <w16cid:commentId w16cid:paraId="53283652" w16cid:durableId="71E99366"/>
   <w16cid:commentId w16cid:paraId="64BB77AE" w16cid:durableId="028ABE03"/>
   <w16cid:commentId w16cid:paraId="47253A92" w16cid:durableId="482788E2"/>
   <w16cid:commentId w16cid:paraId="5FDE552F" w16cid:durableId="0E0926E5"/>
   <w16cid:commentId w16cid:paraId="7F631C45" w16cid:durableId="3461EA6E"/>
   <w16cid:commentId w16cid:paraId="184074A9" w16cid:durableId="48CD3AD1"/>
   <w16cid:commentId w16cid:paraId="694DBC3A" w16cid:durableId="0A21F1F9"/>
-  <w16cid:commentId w16cid:paraId="39847F78" w16cid:durableId="0D6B3A9D"/>
-[...1 lines deleted...]
-  <w16cid:commentId w16cid:paraId="4191D056" w16cid:durableId="12AD7E4C"/>
   <w16cid:commentId w16cid:paraId="495EF5D8" w16cid:durableId="53CD2F90"/>
   <w16cid:commentId w16cid:paraId="324F8923" w16cid:durableId="46818D55"/>
   <w16cid:commentId w16cid:paraId="0A3FCDB9" w16cid:durableId="21A1453F"/>
   <w16cid:commentId w16cid:paraId="62AB6EE2" w16cid:durableId="02960358"/>
   <w16cid:commentId w16cid:paraId="33175E42" w16cid:durableId="4B9CC0C7"/>
   <w16cid:commentId w16cid:paraId="24075E87" w16cid:durableId="3E02C010"/>
   <w16cid:commentId w16cid:paraId="4166C2E1" w16cid:durableId="5B33810D"/>
   <w16cid:commentId w16cid:paraId="732B0895" w16cid:durableId="744D236B"/>
   <w16cid:commentId w16cid:paraId="0DB1B50F" w16cid:durableId="12AAB471"/>
   <w16cid:commentId w16cid:paraId="155B90B2" w16cid:durableId="474725A7"/>
   <w16cid:commentId w16cid:paraId="6982D11D" w16cid:durableId="7F41F9FA"/>
   <w16cid:commentId w16cid:paraId="2EB4F63B" w16cid:durableId="68F6954B"/>
   <w16cid:commentId w16cid:paraId="76A05911" w16cid:durableId="4614979A"/>
   <w16cid:commentId w16cid:paraId="6101E055" w16cid:durableId="67C46C92"/>
   <w16cid:commentId w16cid:paraId="2000AF5F" w16cid:durableId="017EA1E6"/>
   <w16cid:commentId w16cid:paraId="2EA12A4B" w16cid:durableId="286E33BB"/>
   <w16cid:commentId w16cid:paraId="4546F1B9" w16cid:durableId="20F75376"/>
   <w16cid:commentId w16cid:paraId="5D0347FD" w16cid:durableId="4B7CE5D9"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33393D44" w14:textId="77777777" w:rsidR="00335F36" w:rsidRDefault="00335F36" w:rsidP="007110F9">
+    <w:p w14:paraId="269A17C5" w14:textId="77777777" w:rsidR="0014055F" w:rsidRDefault="0014055F" w:rsidP="007110F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="597ABE3D" w14:textId="77777777" w:rsidR="00335F36" w:rsidRDefault="00335F36" w:rsidP="007110F9">
+    <w:p w14:paraId="7E69BB43" w14:textId="77777777" w:rsidR="0014055F" w:rsidRDefault="0014055F" w:rsidP="007110F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -18852,61 +18413,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="609B62A8" w14:textId="77777777" w:rsidR="00335F36" w:rsidRDefault="00335F36" w:rsidP="007110F9">
+    <w:p w14:paraId="2F06CA10" w14:textId="77777777" w:rsidR="0014055F" w:rsidRDefault="0014055F" w:rsidP="007110F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E4D44E3" w14:textId="77777777" w:rsidR="00335F36" w:rsidRDefault="00335F36" w:rsidP="007110F9">
+    <w:p w14:paraId="5680AC5C" w14:textId="77777777" w:rsidR="0014055F" w:rsidRDefault="0014055F" w:rsidP="007110F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="4A63768D" w14:textId="1EFC83CF" w:rsidR="007110F9" w:rsidRDefault="007110F9" w:rsidP="007110F9">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="0003506D">
         <w:t xml:space="preserve">The Public Health Agency has developed a resource guide to support employers and employees to access information on improving health and wellbeing at work which can be accessed </w:t>
       </w:r>
@@ -19055,51 +18616,51 @@
         </w:rPr>
         <w:t xml:space="preserve">a person aged 25 or over that has been unemployed for more than 52 weeks </w:t>
       </w:r>
       <w:r w:rsidRPr="00036A6A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> is seeking employment.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="36C342F5" w14:textId="77777777" w:rsidR="00343624" w:rsidRPr="00C770F2" w:rsidRDefault="00343624" w:rsidP="00343624">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
-          <w:ins w:id="13" w:author="Author" w:date="2025-01-08T15:06:00Z" w16du:dateUtc="2025-01-08T15:06:00Z"/>
+          <w:ins w:id="12" w:author="Author" w:date="2025-01-08T15:06:00Z" w16du:dateUtc="2025-01-08T15:06:00Z"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C770F2">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">NISRA’s </w:t>
       </w:r>
       <w:r w:rsidRPr="00C770F2">
         <w:t>multiple deprivation measures (NIMDM 2017) provide a mechanism for ranking the 890 Super Output areas (SOAs) in Northern Ireland from the most deprived (rank 1) to the least deprived (rank 890).  A</w:t>
       </w:r>
       <w:r w:rsidRPr="00C770F2">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> list of the 100 most deprived areas can be found here </w:t>
@@ -19162,51 +18723,51 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Top100 (nisra.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C770F2">
         <w:t xml:space="preserve"> For more information see </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00C770F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Northern Ireland Multiple Deprivation Measure 2017 (NIMDM2017) | Northern Ireland Statistics and Research Agency (nisra.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C770F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F83936B" w14:textId="77777777" w:rsidR="00343624" w:rsidRPr="00011D7B" w:rsidRDefault="00343624" w:rsidP="00343624">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
-          <w:ins w:id="18" w:author="Author" w:date="2025-01-08T15:14:00Z" w16du:dateUtc="2025-01-08T15:14:00Z"/>
+          <w:ins w:id="17" w:author="Author" w:date="2025-01-08T15:14:00Z" w16du:dateUtc="2025-01-08T15:14:00Z"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="05DCBE04" w14:textId="25088176" w:rsidR="006265B1" w:rsidRDefault="006265B1" w:rsidP="006265B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00036A6A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00036A6A">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -19553,113 +19114,113 @@
         <w:r w:rsidRPr="00C770F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Northern Ireland Multiple Deprivation Measure 2017 (NIMDM2017) | Northern Ireland Statistics and Research Agency (nisra.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C770F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C05328D" w14:textId="77777777" w:rsidR="001540E2" w:rsidRPr="001B487F" w:rsidRDefault="001540E2" w:rsidP="001540E2">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
     <w:p w14:paraId="5A4D10CD" w14:textId="77777777" w:rsidR="00713A77" w:rsidRDefault="00713A77" w:rsidP="00713A77">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
-          <w:ins w:id="45" w:author="Author" w:date="2025-01-16T15:25:00Z" w16du:dateUtc="2025-01-16T15:25:00Z"/>
+          <w:ins w:id="41" w:author="Author" w:date="2025-01-16T15:25:00Z" w16du:dateUtc="2025-01-16T15:25:00Z"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> More information on ethical supply chains and supply chain mapping is available for Suppliers at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:anchor="supplier-resources" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Suppliers - Social Value NI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
     <w:p w14:paraId="76A65629" w14:textId="77777777" w:rsidR="00581504" w:rsidRPr="00371A77" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
-          <w:ins w:id="51" w:author="Author" w:date="2025-01-16T15:25:00Z" w16du:dateUtc="2025-01-16T15:25:00Z"/>
+          <w:ins w:id="47" w:author="Author" w:date="2025-01-16T15:25:00Z" w16du:dateUtc="2025-01-16T15:25:00Z"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The Supplier can access </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">the Modern Slavery Assessment Tool at this link - </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="007A60E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://supplierregistration.cabinetoffice.gov.uk/msat</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
     <w:p w14:paraId="66445409" w14:textId="77777777" w:rsidR="00581504" w:rsidRDefault="00581504" w:rsidP="00581504">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
-          <w:ins w:id="54" w:author="Author" w:date="2025-01-16T15:25:00Z" w16du:dateUtc="2025-01-16T15:25:00Z"/>
+          <w:ins w:id="50" w:author="Author" w:date="2025-01-16T15:25:00Z" w16du:dateUtc="2025-01-16T15:25:00Z"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> More information on ethical supply chains and supply chain mapping is available for Suppliers at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:anchor="supplier-resources" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Suppliers - Social Value NI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="16">
     <w:p w14:paraId="3E1FECB8" w14:textId="5075862C" w:rsidR="009855B0" w:rsidRPr="009855B0" w:rsidRDefault="009855B0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
@@ -19690,77 +19251,77 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.socialenterpriseni.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005937E1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>) is the representative body for social enterprises in Northern Ireland. SENI connect, support, develop and sustain vibrant businesses to create social change. SENI can provide advice and guidance to help businesses who want to explore opportunities to work with social enterprises in Northern Ireland.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="17">
     <w:p w14:paraId="7BC838F4" w14:textId="77777777" w:rsidR="001540E2" w:rsidRDefault="001540E2" w:rsidP="001540E2">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
-          <w:ins w:id="62" w:author="Author" w:date="2025-01-16T15:25:00Z" w16du:dateUtc="2025-01-16T15:25:00Z"/>
+          <w:ins w:id="58" w:author="Author" w:date="2025-01-16T15:25:00Z" w16du:dateUtc="2025-01-16T15:25:00Z"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> More information on ethical supply chains and supply chain mapping is available for Suppliers at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:anchor="supplier-resources" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Suppliers - Social Value NI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="18">
     <w:p w14:paraId="3AE48C30" w14:textId="77777777" w:rsidR="00574F16" w:rsidRDefault="00574F16" w:rsidP="00574F16">
       <w:pPr>
         <w:rPr>
-          <w:ins w:id="80" w:author="Author" w:date="2025-01-20T11:58:00Z" w16du:dateUtc="2025-01-20T11:58:00Z"/>
+          <w:ins w:id="73" w:author="Author" w:date="2025-01-20T11:58:00Z" w16du:dateUtc="2025-01-20T11:58:00Z"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Healthy workplaces: a model for action (who.int)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
@@ -24221,99 +23782,101 @@
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Author">
     <w15:presenceInfo w15:providerId="None" w15:userId="Author"/>
   </w15:person>
   <w15:person w15:author="MacLean, Andrea">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Andrea.MacLean@sibni.org::27621edb-1225-4b4b-bb98-90e542c4ccf3"/>
   </w15:person>
   <w15:person w15:author="Borelan, Lizzie">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Lizzie.Borelan@sibni.org::4d227d39-658c-40ee-aab9-1f7bf11ecf0b"/>
   </w15:person>
   <w15:person w15:author="McCann, Jeannie">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Jeannie.McCann@nigov.net::b760aa5a-be7d-4199-93bb-43846a472f61"/>
   </w15:person>
   <w15:person w15:author="McCann, Jeannie [2]">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Jeannie.McCann@sibni.org::b760aa5a-be7d-4199-93bb-43846a472f61"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007110F9"/>
     <w:rsid w:val="00026638"/>
     <w:rsid w:val="00026740"/>
     <w:rsid w:val="00043167"/>
     <w:rsid w:val="000615DE"/>
     <w:rsid w:val="000725C3"/>
     <w:rsid w:val="00097278"/>
     <w:rsid w:val="000B073D"/>
     <w:rsid w:val="000D5E4E"/>
     <w:rsid w:val="000E32E1"/>
     <w:rsid w:val="00123E1D"/>
     <w:rsid w:val="00130AC8"/>
     <w:rsid w:val="00135C0A"/>
+    <w:rsid w:val="0014055F"/>
     <w:rsid w:val="00142C47"/>
     <w:rsid w:val="001501A6"/>
     <w:rsid w:val="001540E2"/>
     <w:rsid w:val="001806D0"/>
     <w:rsid w:val="001926C0"/>
     <w:rsid w:val="001A1479"/>
     <w:rsid w:val="001A29D0"/>
     <w:rsid w:val="001A594C"/>
     <w:rsid w:val="001B4F41"/>
     <w:rsid w:val="001B5ADC"/>
     <w:rsid w:val="001B6FCE"/>
     <w:rsid w:val="001C1D5B"/>
     <w:rsid w:val="001C2185"/>
     <w:rsid w:val="001C6433"/>
     <w:rsid w:val="001E1CED"/>
+    <w:rsid w:val="002203AC"/>
     <w:rsid w:val="0022165F"/>
     <w:rsid w:val="00237A72"/>
     <w:rsid w:val="00243D2E"/>
     <w:rsid w:val="0025711F"/>
     <w:rsid w:val="002703B7"/>
     <w:rsid w:val="0027377D"/>
     <w:rsid w:val="00282329"/>
     <w:rsid w:val="0029220F"/>
     <w:rsid w:val="002B7047"/>
     <w:rsid w:val="002C09FA"/>
     <w:rsid w:val="002C0B17"/>
     <w:rsid w:val="002C11C0"/>
     <w:rsid w:val="002C5954"/>
     <w:rsid w:val="002C76D1"/>
     <w:rsid w:val="002C7F3B"/>
     <w:rsid w:val="002D6A8F"/>
     <w:rsid w:val="002E5DBD"/>
     <w:rsid w:val="002E734B"/>
     <w:rsid w:val="002F32B2"/>
     <w:rsid w:val="00300035"/>
     <w:rsid w:val="00316484"/>
     <w:rsid w:val="00335F36"/>
     <w:rsid w:val="00335F7D"/>
     <w:rsid w:val="00343624"/>
     <w:rsid w:val="0035155C"/>
@@ -24390,50 +23953,51 @@
     <w:rsid w:val="009D7608"/>
     <w:rsid w:val="009E0D8E"/>
     <w:rsid w:val="009E1A87"/>
     <w:rsid w:val="009E6783"/>
     <w:rsid w:val="009F6555"/>
     <w:rsid w:val="009F7ACF"/>
     <w:rsid w:val="00A23B87"/>
     <w:rsid w:val="00A35B0C"/>
     <w:rsid w:val="00A3761E"/>
     <w:rsid w:val="00A427BB"/>
     <w:rsid w:val="00A4516A"/>
     <w:rsid w:val="00A52A23"/>
     <w:rsid w:val="00A6116E"/>
     <w:rsid w:val="00AA677D"/>
     <w:rsid w:val="00AA7E72"/>
     <w:rsid w:val="00AB23F1"/>
     <w:rsid w:val="00AB28D4"/>
     <w:rsid w:val="00AE0821"/>
     <w:rsid w:val="00AF212E"/>
     <w:rsid w:val="00AF6428"/>
     <w:rsid w:val="00AF6D2E"/>
     <w:rsid w:val="00B006BC"/>
     <w:rsid w:val="00B235C0"/>
     <w:rsid w:val="00B33C0F"/>
     <w:rsid w:val="00B4246F"/>
+    <w:rsid w:val="00B448B3"/>
     <w:rsid w:val="00B60499"/>
     <w:rsid w:val="00B614F3"/>
     <w:rsid w:val="00B8056C"/>
     <w:rsid w:val="00BB2356"/>
     <w:rsid w:val="00BB328E"/>
     <w:rsid w:val="00BB47E4"/>
     <w:rsid w:val="00BC582E"/>
     <w:rsid w:val="00BE586B"/>
     <w:rsid w:val="00BF1D3C"/>
     <w:rsid w:val="00C177EC"/>
     <w:rsid w:val="00C2047C"/>
     <w:rsid w:val="00C44D70"/>
     <w:rsid w:val="00C81500"/>
     <w:rsid w:val="00C842C8"/>
     <w:rsid w:val="00C85ACD"/>
     <w:rsid w:val="00CA0FDF"/>
     <w:rsid w:val="00CA2DD7"/>
     <w:rsid w:val="00CA3DA8"/>
     <w:rsid w:val="00CB2F7F"/>
     <w:rsid w:val="00CC3380"/>
     <w:rsid w:val="00CE0622"/>
     <w:rsid w:val="00CE75EA"/>
     <w:rsid w:val="00D037E0"/>
     <w:rsid w:val="00D07C96"/>
     <w:rsid w:val="00D1502D"/>
@@ -24448,50 +24012,51 @@
     <w:rsid w:val="00DA7EF2"/>
     <w:rsid w:val="00DB1670"/>
     <w:rsid w:val="00DC6001"/>
     <w:rsid w:val="00DE428C"/>
     <w:rsid w:val="00DF1354"/>
     <w:rsid w:val="00DF3653"/>
     <w:rsid w:val="00E026CD"/>
     <w:rsid w:val="00E3180C"/>
     <w:rsid w:val="00E32B2C"/>
     <w:rsid w:val="00E36E29"/>
     <w:rsid w:val="00E60D1E"/>
     <w:rsid w:val="00E937A6"/>
     <w:rsid w:val="00EA7094"/>
     <w:rsid w:val="00EB6D5B"/>
     <w:rsid w:val="00EF372D"/>
     <w:rsid w:val="00F06609"/>
     <w:rsid w:val="00F14ACC"/>
     <w:rsid w:val="00F305FC"/>
     <w:rsid w:val="00F30E03"/>
     <w:rsid w:val="00F53736"/>
     <w:rsid w:val="00F6239B"/>
     <w:rsid w:val="00F757C7"/>
     <w:rsid w:val="00F75859"/>
     <w:rsid w:val="00F84C60"/>
     <w:rsid w:val="00F920DE"/>
+    <w:rsid w:val="00FA43EE"/>
     <w:rsid w:val="00FA45EE"/>
     <w:rsid w:val="00FA5457"/>
     <w:rsid w:val="00FB128F"/>
     <w:rsid w:val="00FB2382"/>
     <w:rsid w:val="00FB7C2D"/>
     <w:rsid w:val="00FD2364"/>
     <w:rsid w:val="00FE2F59"/>
     <w:rsid w:val="00FF4B90"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -25793,73 +25358,75 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B522F6"/>
     <w:rsid w:val="000615DE"/>
     <w:rsid w:val="001825F5"/>
     <w:rsid w:val="001D2871"/>
+    <w:rsid w:val="002203AC"/>
     <w:rsid w:val="00247908"/>
     <w:rsid w:val="002E5DBD"/>
     <w:rsid w:val="00323AC0"/>
     <w:rsid w:val="003544EF"/>
     <w:rsid w:val="003F6178"/>
     <w:rsid w:val="004177A5"/>
     <w:rsid w:val="00497110"/>
     <w:rsid w:val="005150C2"/>
     <w:rsid w:val="00521A39"/>
     <w:rsid w:val="00542EAC"/>
     <w:rsid w:val="00656E02"/>
     <w:rsid w:val="0071541F"/>
     <w:rsid w:val="007243E6"/>
     <w:rsid w:val="007D10C1"/>
     <w:rsid w:val="008307CB"/>
     <w:rsid w:val="0089747D"/>
     <w:rsid w:val="008E4137"/>
     <w:rsid w:val="009D3E2E"/>
     <w:rsid w:val="00AD492F"/>
     <w:rsid w:val="00AE25D6"/>
     <w:rsid w:val="00AF212E"/>
     <w:rsid w:val="00AF6428"/>
     <w:rsid w:val="00B125A5"/>
+    <w:rsid w:val="00B21C13"/>
     <w:rsid w:val="00B522F6"/>
     <w:rsid w:val="00B614F3"/>
     <w:rsid w:val="00B71E75"/>
     <w:rsid w:val="00B84777"/>
     <w:rsid w:val="00BF2794"/>
     <w:rsid w:val="00C37298"/>
     <w:rsid w:val="00C42363"/>
     <w:rsid w:val="00CF7A2C"/>
     <w:rsid w:val="00DB131B"/>
     <w:rsid w:val="00E53EC2"/>
     <w:rsid w:val="00F06609"/>
     <w:rsid w:val="00F84C60"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -26684,69 +26251,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8770D9D8-7D6E-4B78-8286-2CCD469CB0B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>47</Pages>
-  <Words>12489</Words>
-  <Characters>73739</Characters>
+  <Words>13174</Words>
+  <Characters>77731</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1327</Lines>
-  <Paragraphs>420</Paragraphs>
+  <Lines>1413</Lines>
+  <Paragraphs>537</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NICS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>86108</CharactersWithSpaces>
+  <CharactersWithSpaces>90368</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lizzie Borelan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>