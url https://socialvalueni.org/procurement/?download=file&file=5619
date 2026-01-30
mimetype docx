--- v1 (2025-12-01)
+++ v2 (2026-01-30)
@@ -11682,59 +11682,51 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00D8518C" w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">he Supplier will deliver initiatives to </w:t>
       </w:r>
       <w:r w:rsidRPr="00B448B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">deliver climate action </w:t>
-[...7 lines deleted...]
-        <w:t>initiatives in line with the activities identified within their tender methodology and the requirements set out in this Schedule, or as otherwise agreed by the Authority, at the Authority’s discretion.</w:t>
+        <w:t>deliver climate action initiatives in line with the activities identified within their tender methodology and the requirements set out in this Schedule, or as otherwise agreed by the Authority, at the Authority’s discretion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39FAEECA" w14:textId="7C95054A" w:rsidR="00343624" w:rsidRDefault="00316484" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="000E32E1">
         <w:t>Indicator 3.</w:t>
       </w:r>
       <w:commentRangeStart w:id="62"/>
       <w:r w:rsidRPr="000E32E1">
         <w:t>1</w:t>
       </w:r>
       <w:commentRangeEnd w:id="62"/>
       <w:r w:rsidRPr="000E32E1">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:bCs/>
         </w:rPr>
         <w:commentReference w:id="62"/>
       </w:r>
       <w:r w:rsidRPr="000E32E1">
         <w:t xml:space="preserve"> – Deliver additional climate action benefits in the performance of the contract including working towards net zero greenhouse gas emissions and/or contributing to climate adaptation measures.</w:t>
       </w:r>
     </w:p>
@@ -15561,148 +15553,509 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Supplier shall agree the scope of activities with the Authority prior to delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B334F02" w14:textId="77777777" w:rsidR="0040239A" w:rsidRDefault="0040239A" w:rsidP="0040239A">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="266B31C7" w14:textId="39E54275" w:rsidR="00343624" w:rsidRPr="00142C47" w:rsidRDefault="009E0D8E" w:rsidP="0040239A">
+    <w:p w14:paraId="266B31C7" w14:textId="39E54275" w:rsidR="00343624" w:rsidRDefault="009E0D8E" w:rsidP="0040239A">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00142C47">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>General Requirements</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="1F576D0E" w14:textId="77777777" w:rsidR="005503CD" w:rsidRDefault="005503CD" w:rsidP="005503CD">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>X.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Embedding circular economy principles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FF6F00" w14:textId="77777777" w:rsidR="005503CD" w:rsidRDefault="005503CD" w:rsidP="005503CD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B36F30">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Supplier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36F30">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36F30">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required to apply </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:history="1">
+        <w:r w:rsidRPr="00026D9D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>the waste hierarchy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B36F30">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in contract delivery</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, so as to maximise the circular handling of raw materials and the reduction of carbon </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">emissions during the term of the contract.   Applying </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:history="1">
+        <w:r w:rsidRPr="00026D9D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>circular economy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0034725D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> principles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including innovative solutions, will ensure </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034725D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>resources</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are kept</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034725D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in use as long as possible, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034725D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aximum value</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is extracted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034725D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from them, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>waste is minimised</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034725D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and resource efficiency</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is promoted throughout the lifetime of the contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5246B1" w14:textId="77777777" w:rsidR="005503CD" w:rsidRDefault="005503CD" w:rsidP="005503CD">
+      <w:pPr>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>The Supplier will support the Contracting Authority’s aims to transition to a Circular Economy and will keep up to date with best practice circular opportunities within their industry, which seek to reduce carbon emissions, material and resource use and waste.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786EB928" w14:textId="77777777" w:rsidR="005503CD" w:rsidRDefault="005503CD" w:rsidP="005503CD">
+      <w:pPr>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A16B30">
+        <w:t xml:space="preserve">Supplier will be expected to offer solutions throughout the life of the contract to extend the useful life of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141C8E">
+        <w:t>goods</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> supplied</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A16B30">
+        <w:t xml:space="preserve"> through relevant durability, repair, re-use, refurbishment or remanufacturing</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A16B30">
+        <w:t xml:space="preserve"> including through sub-contracting arrangements and innovative solutions.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>In particular, the Supplier is required to inform the Authority of all relevant Circular Economy opportunities arising from the service and work with the Authority to assess and implement those that align with value for money and cost certainty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC230F6" w14:textId="77777777" w:rsidR="005503CD" w:rsidRDefault="005503CD" w:rsidP="005503CD">
+      <w:pPr>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Supplier is required to produce </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="82"/>
+      <w:r w:rsidRPr="00141C8E">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>[quarterly/6-monthly/annual]</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="82"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="82"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data on the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16DD29E8" w14:textId="77777777" w:rsidR="005503CD" w:rsidRDefault="005503CD" w:rsidP="005503CD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">methods of disposal of waste, showing clear evidence of using disposal methods which are environmentally preferable, in accordance with the waste </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>hierarchy;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3D9D6945" w14:textId="77777777" w:rsidR="005503CD" w:rsidRDefault="005503CD" w:rsidP="005503CD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">volumes/quantities of the reuse, off or on-site repair, refurbishment, donation, sale or recycling, or all otherwise redundant materials, products, equipment, tools and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>packaging;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5ADC5A8D" w14:textId="77777777" w:rsidR="005503CD" w:rsidRDefault="005503CD" w:rsidP="005503CD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>the use of reused, reclaimed, refurbished or remanufactured products, equipment, materials and tools; and,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528AAEEF" w14:textId="77777777" w:rsidR="005503CD" w:rsidRPr="00E00B07" w:rsidRDefault="005503CD" w:rsidP="005503CD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>recycled content contained within materials, products, equipment and packaging used in the delivery of the contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D65ED41" w14:textId="77777777" w:rsidR="005503CD" w:rsidRPr="00141C8E" w:rsidRDefault="005503CD" w:rsidP="005503CD">
+      <w:pPr>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Supplier is required to work with the Contracting Authority to continually improve the availability and accuracy of data and information provided that demonstrates how they are meeting the Authority’s objectives, and/or identifies opportunities for further improvement in circular outcomes.  </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="70A966EE" w14:textId="77777777" w:rsidR="007110F9" w:rsidRPr="00454C8C" w:rsidRDefault="007110F9" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00454C8C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>X.0 Positive Action to maximise employment opportunities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DDE9F90" w14:textId="7EAE4932" w:rsidR="007110F9" w:rsidRPr="002A578A" w:rsidRDefault="007110F9" w:rsidP="001A1479">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">All employment vacancies on the contract are to be notified by the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="009C1004" w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId57" w:history="1">
+      <w:hyperlink r:id="rId59" w:history="1">
         <w:r w:rsidR="00FA5457" w:rsidRPr="00FA5457">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>www.jobapplyni.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009C1004" w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">) and one or more organisations registered on the Social Value </w:t>
-[...9 lines deleted...]
-      <w:hyperlink r:id="rId58" w:history="1">
+        <w:t>) and one or more organisations registered on the Social Value Unit website (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:history="1">
         <w:r w:rsidR="00AB28D4" w:rsidRPr="0070188A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.socialvalueni.org/contractors/find-a-broker/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009C1004" w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) and/or</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> other agencies named by or agreed with the Authority for this purpose. Sufficient time must be allowed for information on vacancies to be made available and applications submitted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="509C2EC1" w14:textId="77777777" w:rsidR="007110F9" w:rsidRPr="002A578A" w:rsidRDefault="007110F9" w:rsidP="00DC6001">
@@ -15985,51 +16338,60 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must only engage a Sub-processor, in relation to the Social Value requirements, with the prior consent of the Strategic Investment Board and must enter into a Data Processing Agreement with any Sub-processor with whom the information in the </w:t>
+        <w:t xml:space="preserve"> must only engage a Sub-processor, in relation to the Social Value requirements, with the prior consent of the Strategic Investment Board and must </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A578A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">enter into a Data Processing Agreement with any Sub-processor with whom the information in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">’s Social Value Monitoring Report is shared.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A75A125" w14:textId="77777777" w:rsidR="007110F9" w:rsidRPr="002A578A" w:rsidRDefault="007110F9" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -16074,51 +16436,50 @@
         </w:rPr>
         <w:t>1 selected</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DB3BC4B" w14:textId="77777777" w:rsidR="007110F9" w:rsidRPr="002A578A" w:rsidRDefault="007110F9" w:rsidP="001A1479">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">It is the responsibility of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> to ensure that persons recruited or otherwise visiting the worksite in relation to the social consideration requirements has or is supported to obtain the necessary health and safety accreditation or other appropriate measures and appropriate personal protective equipment if necessary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2274921B" w14:textId="77777777" w:rsidR="0040239A" w:rsidRDefault="0040239A" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -16130,51 +16491,51 @@
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE7033">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Connecting with Voluntary, Community and Social Enterprise organisations </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AF1237F" w14:textId="62AB738C" w:rsidR="0040239A" w:rsidRPr="00AE7033" w:rsidRDefault="0040239A" w:rsidP="00142C47">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE7033">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Organisations who are based in Northern Ireland and are interested in partnering with suppliers to deliver social value requirements are listed on the Social Value Unit website </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE7033">
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId59" w:history="1">
+      <w:hyperlink r:id="rId61" w:history="1">
         <w:r w:rsidRPr="00AE7033">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.socialvalueni.org/Suppliers/find-a-broker/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AE7033">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE7033">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE7033">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -16373,105 +16734,97 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> achieve the Authority’s social value requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D424445" w14:textId="259E3264" w:rsidR="00EB6D5B" w:rsidRPr="008065FB" w:rsidRDefault="00EB6D5B" w:rsidP="00DC6001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008065FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="008065FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Connecting with Voluntary, Community and Social Enterprise</w:t>
       </w:r>
       <w:r w:rsidR="002C7F3B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008065FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">organisations  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4241D46C" w14:textId="77777777" w:rsidR="00EB6D5B" w:rsidRPr="009D3296" w:rsidRDefault="00EB6D5B" w:rsidP="00EB6D5B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Organisations who are based in Northern Ireland and are interested in partnering with suppliers to deliver social value requirements are listed on the Social Value Unit </w:t>
+        <w:t xml:space="preserve">Organisations who are based in Northern Ireland and are interested in partnering with suppliers to deliver social value requirements are listed on the Social Value Unit website </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId60" w:history="1">
+      <w:hyperlink r:id="rId62" w:history="1">
         <w:r w:rsidRPr="0070786C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.socialvalueni.org/Suppliers/find-a-broker/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
@@ -16580,65 +16933,65 @@
       </w:pPr>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall provide a completed Social Value Monitoring Report </w:t>
       </w:r>
-      <w:commentRangeStart w:id="82"/>
+      <w:commentRangeStart w:id="83"/>
       <w:r w:rsidR="00AB28D4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>every month / quarter / six months / year</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="82"/>
+      <w:commentRangeEnd w:id="83"/>
       <w:r w:rsidR="00AB28D4">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="82"/>
+        <w:commentReference w:id="83"/>
       </w:r>
       <w:r w:rsidRPr="002A578A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. The Authority retains the right to request interim reports. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F328FB0" w14:textId="77777777" w:rsidR="0064301F" w:rsidRDefault="0064301F" w:rsidP="0064301F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The supplier shall update the social value monitoring system with the metrics below in accordance with the clauses set out above and the initiatives the supplier committed to in their award response. </w:t>
@@ -16651,89 +17004,89 @@
         </w:rPr>
         <w:t>The Authority retains the right to request interim reports and additional information on social value delivery, including for case studies.</w:t>
       </w:r>
       <w:r w:rsidRPr="008065FB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41BF23B6" w14:textId="77777777" w:rsidR="0064301F" w:rsidRPr="0064301F" w:rsidRDefault="0064301F" w:rsidP="0064301F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="83"/>
-[...22 lines deleted...]
-      </w:r>
       <w:commentRangeStart w:id="84"/>
       <w:r w:rsidRPr="0064301F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve">Number </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="84"/>
+      <w:r w:rsidRPr="0064301F">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="84"/>
+      </w:r>
+      <w:r w:rsidRPr="0064301F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of weeks of paid employment opportunities on the contract for relevant the groups set out at clause at X.</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="85"/>
+      <w:r w:rsidRPr="0064301F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="84"/>
+      <w:commentRangeEnd w:id="85"/>
       <w:r w:rsidR="00DE428C">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="84"/>
+        <w:commentReference w:id="85"/>
       </w:r>
       <w:r w:rsidRPr="0064301F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CC9CF9D" w14:textId="77777777" w:rsidR="0064301F" w:rsidRPr="0064301F" w:rsidRDefault="0064301F" w:rsidP="0064301F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064301F">
         <w:rPr>
@@ -16807,95 +17160,95 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Number of VCSEs, Micro Enterprises or Minority Ethnic Led Enterprises in the contract’s supply chain.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E26ED8E" w14:textId="77777777" w:rsidR="0064301F" w:rsidRPr="0064301F" w:rsidRDefault="0064301F" w:rsidP="0064301F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064301F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Number of hours of skilled advice in an area related to the contract which were delivered to VCSEs, Micro Enterprises or Minority Ethnic Led Enterprises.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9BBA5D" w14:textId="77777777" w:rsidR="00DE428C" w:rsidRDefault="00DE428C" w:rsidP="0064301F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Details of specific environmental initiatives delivered in areas related to the contract, including scope of initiative, number of hours (where relevant) delivered </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12081FE8" w14:textId="65D8AF6C" w:rsidR="00DE428C" w:rsidRDefault="00DE428C" w:rsidP="00DE428C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Details of specific wellbeing initiatives delivered in areas related to the contract, including scope of initiative, number of hours (where relevant) delivered </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7436CB94" w14:textId="2D4CA7A9" w:rsidR="00DE428C" w:rsidRDefault="00DE428C" w:rsidP="00DE428C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Details of specific Equality, Diversity and Inclusion initiatives delivered in areas related to the contract, including scope of initiative, number of hours (where relevant) delivered </w:t>
       </w:r>
     </w:p>
@@ -18066,83 +18419,107 @@
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 4.5 and corresponding clauses if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="81" w:author="Author" w:date="2025-01-20T11:55:00Z" w:initials="A">
     <w:p w14:paraId="2000AF5F" w14:textId="77777777" w:rsidR="006426EF" w:rsidRDefault="006426EF" w:rsidP="006426EF">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: remove indicator 4.6 and corresponding clauses if this indicator has not been included within the social value award criteria</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="82" w:author="McCann, Jeannie" w:date="2023-07-28T12:31:00Z" w:initials="MJ">
+  <w:comment w:id="82" w:author="Borelan, Lizzie" w:date="2026-01-21T10:49:00Z" w:initials="LB">
+    <w:p w14:paraId="3A4B95B4" w14:textId="77777777" w:rsidR="005503CD" w:rsidRDefault="005503CD" w:rsidP="005503CD">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Drafting note:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00BAF1FC" w14:textId="77777777" w:rsidR="005503CD" w:rsidRDefault="005503CD" w:rsidP="005503CD">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Delete as appropriate to set reporting frequency as quarterly, every six months or annually. Frequency will be contingent upon contract duration and value.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="83" w:author="McCann, Jeannie" w:date="2023-07-28T12:31:00Z" w:initials="MJ">
     <w:p w14:paraId="2EA12A4B" w14:textId="2C3C4634" w:rsidR="00AB28D4" w:rsidRDefault="00AB28D4" w:rsidP="001A1479">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting Note: select the most appropriate timeframe for the contract</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="83" w:author="McCann, Jeannie [2]" w:date="2025-01-03T11:40:00Z" w:initials="JM">
+  <w:comment w:id="84" w:author="McCann, Jeannie [2]" w:date="2025-01-03T11:40:00Z" w:initials="JM">
     <w:p w14:paraId="4546F1B9" w14:textId="77777777" w:rsidR="0064301F" w:rsidRDefault="0064301F" w:rsidP="0064301F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Drafting Note: Contracting Authorities must only include bullet points which are relevant to the indicator selected to score social value in the Invitation to Tender document. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="84" w:author="Author" w:date="2025-01-30T16:55:00Z" w:initials="A">
+  <w:comment w:id="85" w:author="Author" w:date="2025-01-30T16:55:00Z" w:initials="A">
     <w:p w14:paraId="5D0347FD" w14:textId="77777777" w:rsidR="00DE428C" w:rsidRDefault="00DE428C" w:rsidP="00DE428C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Drafting note: insert clause reference for employment</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="35DE1E27" w15:done="0"/>
   <w15:commentEx w15:paraId="013ECFC4" w15:done="0"/>
   <w15:commentEx w15:paraId="0AFB383C" w15:done="0"/>
   <w15:commentEx w15:paraId="572C2730" w15:done="0"/>
   <w15:commentEx w15:paraId="3E39B003" w15:done="0"/>
@@ -18179,50 +18556,51 @@
   <w15:commentEx w15:paraId="1F0B0D23" w15:done="0"/>
   <w15:commentEx w15:paraId="4618CCB7" w15:done="0"/>
   <w15:commentEx w15:paraId="0C898491" w15:done="0"/>
   <w15:commentEx w15:paraId="53283652" w15:done="0"/>
   <w15:commentEx w15:paraId="64BB77AE" w15:done="0"/>
   <w15:commentEx w15:paraId="47253A92" w15:done="0"/>
   <w15:commentEx w15:paraId="5FDE552F" w15:done="0"/>
   <w15:commentEx w15:paraId="7F631C45" w15:done="0"/>
   <w15:commentEx w15:paraId="184074A9" w15:done="0"/>
   <w15:commentEx w15:paraId="694DBC3A" w15:done="0"/>
   <w15:commentEx w15:paraId="495EF5D8" w15:done="0"/>
   <w15:commentEx w15:paraId="324F8923" w15:done="0"/>
   <w15:commentEx w15:paraId="0A3FCDB9" w15:done="0"/>
   <w15:commentEx w15:paraId="62AB6EE2" w15:done="0"/>
   <w15:commentEx w15:paraId="33175E42" w15:done="0"/>
   <w15:commentEx w15:paraId="24075E87" w15:done="0"/>
   <w15:commentEx w15:paraId="4166C2E1" w15:done="0"/>
   <w15:commentEx w15:paraId="732B0895" w15:done="0"/>
   <w15:commentEx w15:paraId="0DB1B50F" w15:done="0"/>
   <w15:commentEx w15:paraId="155B90B2" w15:done="0"/>
   <w15:commentEx w15:paraId="6982D11D" w15:done="0"/>
   <w15:commentEx w15:paraId="2EB4F63B" w15:done="0"/>
   <w15:commentEx w15:paraId="76A05911" w15:done="0"/>
   <w15:commentEx w15:paraId="6101E055" w15:done="0"/>
   <w15:commentEx w15:paraId="2000AF5F" w15:done="0"/>
+  <w15:commentEx w15:paraId="00BAF1FC" w15:done="0"/>
   <w15:commentEx w15:paraId="2EA12A4B" w15:done="0"/>
   <w15:commentEx w15:paraId="4546F1B9" w15:done="0"/>
   <w15:commentEx w15:paraId="5D0347FD" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="4DBA5EC5" w16cex:dateUtc="2025-01-08T14:30:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="4975E676" w16cex:dateUtc="2025-01-08T14:32:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="4E30F47A" w16cex:dateUtc="2025-01-08T14:40:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="3CAE4C37" w16cex:dateUtc="2025-01-08T14:39:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="683D6926" w16cex:dateUtc="2025-01-08T14:39:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="55AA1EFE" w16cex:dateUtc="2025-01-08T14:39:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="1ADAAF7D" w16cex:dateUtc="2025-01-20T12:07:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="789DBC6A" w16cex:dateUtc="2025-01-19T16:46:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="6B90C448" w16cex:dateUtc="2025-01-30T10:52:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="557FE2A2" w16cex:dateUtc="2025-01-19T16:47:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="26D52398" w16cex:dateUtc="2025-01-19T16:51:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="3AE1F48E" w16cex:dateUtc="2025-01-30T11:29:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="44F8C326" w16cex:dateUtc="2025-01-09T15:35:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="6319984E" w16cex:dateUtc="2025-01-09T15:39:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="1782F6A1" w16cex:dateUtc="2025-01-30T11:15:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="5A583F80" w16cex:dateUtc="2025-01-30T11:12:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="71B9F5B8" w16cex:dateUtc="2025-01-30T11:14:00Z"/>
@@ -18244,50 +18622,51 @@
   <w16cex:commentExtensible w16cex:durableId="196BFA6D" w16cex:dateUtc="2023-12-14T15:48:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="6A049DAD" w16cex:dateUtc="2025-01-30T15:45:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="25AC391C" w16cex:dateUtc="2025-01-16T15:26:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="71E99366" w16cex:dateUtc="2025-01-27T20:45:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="028ABE03" w16cex:dateUtc="2025-01-20T11:12:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="482788E2" w16cex:dateUtc="2025-01-20T11:20:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="0E0926E5" w16cex:dateUtc="2025-01-30T12:49:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="3461EA6E" w16cex:dateUtc="2023-12-14T15:48:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="48CD3AD1" w16cex:dateUtc="2025-01-30T15:45:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="0A21F1F9" w16cex:dateUtc="2025-01-30T12:51:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="53CD2F90" w16cex:dateUtc="2025-01-17T11:58:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="46818D55" w16cex:dateUtc="2025-01-20T11:28:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="21A1453F" w16cex:dateUtc="2025-01-20T11:28:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="02960358" w16cex:dateUtc="2025-01-20T11:28:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="4B9CC0C7" w16cex:dateUtc="2025-01-20T11:29:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="3E02C010" w16cex:dateUtc="2025-01-20T11:32:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="5B33810D" w16cex:dateUtc="2025-01-20T11:33:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="744D236B" w16cex:dateUtc="2025-01-20T11:33:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="12AAB471" w16cex:dateUtc="2025-01-17T16:21:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="474725A7" w16cex:dateUtc="2025-01-20T11:53:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="7F41F9FA" w16cex:dateUtc="2025-01-20T11:54:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="68F6954B" w16cex:dateUtc="2025-01-20T11:54:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="4614979A" w16cex:dateUtc="2025-01-20T11:54:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="67C46C92" w16cex:dateUtc="2025-01-20T11:55:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="017EA1E6" w16cex:dateUtc="2025-01-20T11:55:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="5820E045" w16cex:dateUtc="2026-01-21T10:49:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="286E33BB" w16cex:dateUtc="2023-07-28T11:31:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="20F75376" w16cex:dateUtc="2025-01-03T11:40:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="4B7CE5D9" w16cex:dateUtc="2025-01-30T16:55:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="35DE1E27" w16cid:durableId="4DBA5EC5"/>
   <w16cid:commentId w16cid:paraId="013ECFC4" w16cid:durableId="4975E676"/>
   <w16cid:commentId w16cid:paraId="0AFB383C" w16cid:durableId="4E30F47A"/>
   <w16cid:commentId w16cid:paraId="572C2730" w16cid:durableId="3CAE4C37"/>
   <w16cid:commentId w16cid:paraId="3E39B003" w16cid:durableId="683D6926"/>
   <w16cid:commentId w16cid:paraId="7096D6F7" w16cid:durableId="55AA1EFE"/>
   <w16cid:commentId w16cid:paraId="5AA08950" w16cid:durableId="1ADAAF7D"/>
   <w16cid:commentId w16cid:paraId="1A786AA8" w16cid:durableId="789DBC6A"/>
   <w16cid:commentId w16cid:paraId="11C9B7FD" w16cid:durableId="6B90C448"/>
   <w16cid:commentId w16cid:paraId="442A82E9" w16cid:durableId="25E5BF68"/>
   <w16cid:commentId w16cid:paraId="772B5C29" w16cid:durableId="557FE2A2"/>
   <w16cid:commentId w16cid:paraId="4B406DA0" w16cid:durableId="26D52398"/>
   <w16cid:commentId w16cid:paraId="6C07345C" w16cid:durableId="3AE1F48E"/>
   <w16cid:commentId w16cid:paraId="38007417" w16cid:durableId="44F8C326"/>
   <w16cid:commentId w16cid:paraId="4A8AC167" w16cid:durableId="6319984E"/>
   <w16cid:commentId w16cid:paraId="148F271A" w16cid:durableId="1782F6A1"/>
   <w16cid:commentId w16cid:paraId="257CF5F7" w16cid:durableId="5A583F80"/>
@@ -18312,70 +18691,71 @@
   <w16cid:commentId w16cid:paraId="1F0B0D23" w16cid:durableId="196BFA6D"/>
   <w16cid:commentId w16cid:paraId="4618CCB7" w16cid:durableId="6A049DAD"/>
   <w16cid:commentId w16cid:paraId="0C898491" w16cid:durableId="25AC391C"/>
   <w16cid:commentId w16cid:paraId="53283652" w16cid:durableId="71E99366"/>
   <w16cid:commentId w16cid:paraId="64BB77AE" w16cid:durableId="028ABE03"/>
   <w16cid:commentId w16cid:paraId="47253A92" w16cid:durableId="482788E2"/>
   <w16cid:commentId w16cid:paraId="5FDE552F" w16cid:durableId="0E0926E5"/>
   <w16cid:commentId w16cid:paraId="7F631C45" w16cid:durableId="3461EA6E"/>
   <w16cid:commentId w16cid:paraId="184074A9" w16cid:durableId="48CD3AD1"/>
   <w16cid:commentId w16cid:paraId="694DBC3A" w16cid:durableId="0A21F1F9"/>
   <w16cid:commentId w16cid:paraId="495EF5D8" w16cid:durableId="53CD2F90"/>
   <w16cid:commentId w16cid:paraId="324F8923" w16cid:durableId="46818D55"/>
   <w16cid:commentId w16cid:paraId="0A3FCDB9" w16cid:durableId="21A1453F"/>
   <w16cid:commentId w16cid:paraId="62AB6EE2" w16cid:durableId="02960358"/>
   <w16cid:commentId w16cid:paraId="33175E42" w16cid:durableId="4B9CC0C7"/>
   <w16cid:commentId w16cid:paraId="24075E87" w16cid:durableId="3E02C010"/>
   <w16cid:commentId w16cid:paraId="4166C2E1" w16cid:durableId="5B33810D"/>
   <w16cid:commentId w16cid:paraId="732B0895" w16cid:durableId="744D236B"/>
   <w16cid:commentId w16cid:paraId="0DB1B50F" w16cid:durableId="12AAB471"/>
   <w16cid:commentId w16cid:paraId="155B90B2" w16cid:durableId="474725A7"/>
   <w16cid:commentId w16cid:paraId="6982D11D" w16cid:durableId="7F41F9FA"/>
   <w16cid:commentId w16cid:paraId="2EB4F63B" w16cid:durableId="68F6954B"/>
   <w16cid:commentId w16cid:paraId="76A05911" w16cid:durableId="4614979A"/>
   <w16cid:commentId w16cid:paraId="6101E055" w16cid:durableId="67C46C92"/>
   <w16cid:commentId w16cid:paraId="2000AF5F" w16cid:durableId="017EA1E6"/>
+  <w16cid:commentId w16cid:paraId="00BAF1FC" w16cid:durableId="5820E045"/>
   <w16cid:commentId w16cid:paraId="2EA12A4B" w16cid:durableId="286E33BB"/>
   <w16cid:commentId w16cid:paraId="4546F1B9" w16cid:durableId="20F75376"/>
   <w16cid:commentId w16cid:paraId="5D0347FD" w16cid:durableId="4B7CE5D9"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="269A17C5" w14:textId="77777777" w:rsidR="0014055F" w:rsidRDefault="0014055F" w:rsidP="007110F9">
+    <w:p w14:paraId="7E48DCB6" w14:textId="77777777" w:rsidR="002600E2" w:rsidRDefault="002600E2" w:rsidP="007110F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E69BB43" w14:textId="77777777" w:rsidR="0014055F" w:rsidRDefault="0014055F" w:rsidP="007110F9">
+    <w:p w14:paraId="0A2C5531" w14:textId="77777777" w:rsidR="002600E2" w:rsidRDefault="002600E2" w:rsidP="007110F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -18413,61 +18793,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F06CA10" w14:textId="77777777" w:rsidR="0014055F" w:rsidRDefault="0014055F" w:rsidP="007110F9">
+    <w:p w14:paraId="7D03978B" w14:textId="77777777" w:rsidR="002600E2" w:rsidRDefault="002600E2" w:rsidP="007110F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5680AC5C" w14:textId="77777777" w:rsidR="0014055F" w:rsidRDefault="0014055F" w:rsidP="007110F9">
+    <w:p w14:paraId="7313C4DD" w14:textId="77777777" w:rsidR="002600E2" w:rsidRDefault="002600E2" w:rsidP="007110F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="4A63768D" w14:textId="1EFC83CF" w:rsidR="007110F9" w:rsidRDefault="007110F9" w:rsidP="007110F9">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="0003506D">
         <w:t xml:space="preserve">The Public Health Agency has developed a resource guide to support employers and employees to access information on improving health and wellbeing at work which can be accessed </w:t>
       </w:r>
@@ -22184,50 +22564,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6611" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CDE20E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EE90AAD6"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D771971"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A28C74A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22296,51 +22789,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F815D67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07B27FAA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22409,51 +22902,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="545170FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11E8337C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22522,51 +23015,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EFF299A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CF6E068"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22635,51 +23128,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="641F57EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F73A228C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22748,51 +23241,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64833AA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8948606"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22861,51 +23354,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66227ED1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F6FE0DFE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -22974,51 +23467,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="668E2BDF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8C401366"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
@@ -23078,51 +23571,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66B4550A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6494F20E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23191,51 +23684,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="675332F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6EA897C2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="790" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1510" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23304,51 +23797,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5830" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6550" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EF509D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3DAB54E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23417,51 +23910,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="718138BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35A0ADEE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23530,51 +24023,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B1D4ECA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC42E878"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23647,158 +24140,161 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="507405490">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1350453860">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1433938604">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="18435481">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1553998810">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1780678821">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="906110364">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="585651386">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="202178569">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2147165351">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1311253318">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1306466908">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="941691804">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1013188299">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1013188299">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="15" w16cid:durableId="1702433686">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="224416989">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="560752231">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="21365560">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2047829599">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="663319394">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="309209899">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="757410051">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1071775885">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1869484523">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1567839251">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1232302916">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="384838553">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="663362672">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="914972129">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="817498250">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="714695650">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1694650688">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1617367977">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="195000635">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="18047127">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1051808760">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="519052560">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="2045136022">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="201983901">
     <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Author">
     <w15:presenceInfo w15:providerId="None" w15:userId="Author"/>
   </w15:person>
   <w15:person w15:author="MacLean, Andrea">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Andrea.MacLean@sibni.org::27621edb-1225-4b4b-bb98-90e542c4ccf3"/>
   </w15:person>
   <w15:person w15:author="Borelan, Lizzie">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Lizzie.Borelan@sibni.org::4d227d39-658c-40ee-aab9-1f7bf11ecf0b"/>
   </w15:person>
   <w15:person w15:author="McCann, Jeannie">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Jeannie.McCann@nigov.net::b760aa5a-be7d-4199-93bb-43846a472f61"/>
   </w15:person>
   <w15:person w15:author="McCann, Jeannie [2]">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Jeannie.McCann@sibni.org::b760aa5a-be7d-4199-93bb-43846a472f61"/>
   </w15:person>
 </w15:people>
 </file>
 
@@ -23837,111 +24333,114 @@
     <w:rsid w:val="000E32E1"/>
     <w:rsid w:val="00123E1D"/>
     <w:rsid w:val="00130AC8"/>
     <w:rsid w:val="00135C0A"/>
     <w:rsid w:val="0014055F"/>
     <w:rsid w:val="00142C47"/>
     <w:rsid w:val="001501A6"/>
     <w:rsid w:val="001540E2"/>
     <w:rsid w:val="001806D0"/>
     <w:rsid w:val="001926C0"/>
     <w:rsid w:val="001A1479"/>
     <w:rsid w:val="001A29D0"/>
     <w:rsid w:val="001A594C"/>
     <w:rsid w:val="001B4F41"/>
     <w:rsid w:val="001B5ADC"/>
     <w:rsid w:val="001B6FCE"/>
     <w:rsid w:val="001C1D5B"/>
     <w:rsid w:val="001C2185"/>
     <w:rsid w:val="001C6433"/>
     <w:rsid w:val="001E1CED"/>
     <w:rsid w:val="002203AC"/>
     <w:rsid w:val="0022165F"/>
     <w:rsid w:val="00237A72"/>
     <w:rsid w:val="00243D2E"/>
     <w:rsid w:val="0025711F"/>
+    <w:rsid w:val="002600E2"/>
     <w:rsid w:val="002703B7"/>
     <w:rsid w:val="0027377D"/>
     <w:rsid w:val="00282329"/>
     <w:rsid w:val="0029220F"/>
     <w:rsid w:val="002B7047"/>
     <w:rsid w:val="002C09FA"/>
     <w:rsid w:val="002C0B17"/>
     <w:rsid w:val="002C11C0"/>
     <w:rsid w:val="002C5954"/>
     <w:rsid w:val="002C76D1"/>
     <w:rsid w:val="002C7F3B"/>
     <w:rsid w:val="002D6A8F"/>
     <w:rsid w:val="002E5DBD"/>
     <w:rsid w:val="002E734B"/>
     <w:rsid w:val="002F32B2"/>
     <w:rsid w:val="00300035"/>
     <w:rsid w:val="00316484"/>
     <w:rsid w:val="00335F36"/>
     <w:rsid w:val="00335F7D"/>
     <w:rsid w:val="00343624"/>
     <w:rsid w:val="0035155C"/>
     <w:rsid w:val="00356FDA"/>
     <w:rsid w:val="003866A2"/>
     <w:rsid w:val="003E67BB"/>
     <w:rsid w:val="0040239A"/>
     <w:rsid w:val="00415B87"/>
     <w:rsid w:val="004177A5"/>
     <w:rsid w:val="00424900"/>
     <w:rsid w:val="00436578"/>
     <w:rsid w:val="0043752F"/>
     <w:rsid w:val="00473F94"/>
     <w:rsid w:val="00495E7C"/>
     <w:rsid w:val="004A47AE"/>
     <w:rsid w:val="004D3944"/>
     <w:rsid w:val="004D7327"/>
     <w:rsid w:val="00542A72"/>
+    <w:rsid w:val="005503CD"/>
     <w:rsid w:val="00573742"/>
     <w:rsid w:val="00574F16"/>
     <w:rsid w:val="00581504"/>
     <w:rsid w:val="00597760"/>
     <w:rsid w:val="005B23DB"/>
     <w:rsid w:val="005C145F"/>
     <w:rsid w:val="005C4A61"/>
     <w:rsid w:val="005F0E5F"/>
     <w:rsid w:val="005F7863"/>
     <w:rsid w:val="0060198F"/>
     <w:rsid w:val="006025EE"/>
     <w:rsid w:val="00605D92"/>
     <w:rsid w:val="006265B1"/>
     <w:rsid w:val="006426EF"/>
     <w:rsid w:val="0064301F"/>
     <w:rsid w:val="00665225"/>
     <w:rsid w:val="0068375E"/>
     <w:rsid w:val="006A03C8"/>
     <w:rsid w:val="006A120F"/>
     <w:rsid w:val="006A17F9"/>
     <w:rsid w:val="006A6CB6"/>
     <w:rsid w:val="006A6FF7"/>
     <w:rsid w:val="006C588D"/>
     <w:rsid w:val="006D5DD7"/>
     <w:rsid w:val="006E4014"/>
+    <w:rsid w:val="00701948"/>
     <w:rsid w:val="007110F9"/>
     <w:rsid w:val="00713A77"/>
     <w:rsid w:val="0071541F"/>
     <w:rsid w:val="00743ECC"/>
     <w:rsid w:val="007466FA"/>
     <w:rsid w:val="007511F1"/>
     <w:rsid w:val="00753082"/>
     <w:rsid w:val="00775433"/>
     <w:rsid w:val="00795087"/>
     <w:rsid w:val="00797C15"/>
     <w:rsid w:val="007B15CE"/>
     <w:rsid w:val="007B165C"/>
     <w:rsid w:val="007C4E04"/>
     <w:rsid w:val="007D0147"/>
     <w:rsid w:val="007E6CED"/>
     <w:rsid w:val="00823F47"/>
     <w:rsid w:val="00836B6A"/>
     <w:rsid w:val="00862ADE"/>
     <w:rsid w:val="00873C9B"/>
     <w:rsid w:val="00892C82"/>
     <w:rsid w:val="0089747D"/>
     <w:rsid w:val="0090442E"/>
     <w:rsid w:val="00930A01"/>
     <w:rsid w:val="009649E4"/>
     <w:rsid w:val="009806BC"/>
@@ -24003,50 +24502,51 @@
     <w:rsid w:val="00D1502D"/>
     <w:rsid w:val="00D1796D"/>
     <w:rsid w:val="00D230D3"/>
     <w:rsid w:val="00D30971"/>
     <w:rsid w:val="00D413E0"/>
     <w:rsid w:val="00D4592D"/>
     <w:rsid w:val="00D71560"/>
     <w:rsid w:val="00D8518C"/>
     <w:rsid w:val="00D919F6"/>
     <w:rsid w:val="00DA7EF2"/>
     <w:rsid w:val="00DB1670"/>
     <w:rsid w:val="00DC6001"/>
     <w:rsid w:val="00DE428C"/>
     <w:rsid w:val="00DF1354"/>
     <w:rsid w:val="00DF3653"/>
     <w:rsid w:val="00E026CD"/>
     <w:rsid w:val="00E3180C"/>
     <w:rsid w:val="00E32B2C"/>
     <w:rsid w:val="00E36E29"/>
     <w:rsid w:val="00E60D1E"/>
     <w:rsid w:val="00E937A6"/>
     <w:rsid w:val="00EA7094"/>
     <w:rsid w:val="00EB6D5B"/>
     <w:rsid w:val="00EF372D"/>
     <w:rsid w:val="00F06609"/>
+    <w:rsid w:val="00F106FF"/>
     <w:rsid w:val="00F14ACC"/>
     <w:rsid w:val="00F305FC"/>
     <w:rsid w:val="00F30E03"/>
     <w:rsid w:val="00F53736"/>
     <w:rsid w:val="00F6239B"/>
     <w:rsid w:val="00F757C7"/>
     <w:rsid w:val="00F75859"/>
     <w:rsid w:val="00F84C60"/>
     <w:rsid w:val="00F920DE"/>
     <w:rsid w:val="00FA43EE"/>
     <w:rsid w:val="00FA45EE"/>
     <w:rsid w:val="00FA5457"/>
     <w:rsid w:val="00FB128F"/>
     <w:rsid w:val="00FB2382"/>
     <w:rsid w:val="00FB7C2D"/>
     <w:rsid w:val="00FD2364"/>
     <w:rsid w:val="00FE2F59"/>
     <w:rsid w:val="00FF4B90"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -24248,51 +24748,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="0"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -24668,50 +25168,51 @@
     <w:rsid w:val="007110F9"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007110F9"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="Dot pt,No Spacing1,List Paragraph Char Char Char,Indicator Text,Numbered Para 1,List Paragraph1,Bullet Points,MAIN CONTENT,OBC Bullet,List Paragraph11,List Paragraph12,F5 List Paragraph,Colorful List - Accent 11,Normal numbered,Bullet 1,L"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="007110F9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:aliases w:val="Dot pt Char,No Spacing1 Char,List Paragraph Char Char Char Char,Indicator Text Char,Numbered Para 1 Char,List Paragraph1 Char,Bullet Points Char,MAIN CONTENT Char,OBC Bullet Char,List Paragraph11 Char,List Paragraph12 Char,L Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="ListParagraph"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="007110F9"/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="007110F9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
@@ -24976,51 +25477,51 @@
     </w:div>
     <w:div w:id="1788893905">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@socialvalueni.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/ppn-0121-scoring-social-value" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contrators/find-a-broker/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/Employers-Service-Providers/Recruiting-people-with-disabilities/Positive-action-(1)" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/Employers-Service-Providers/Recruiting-people-with-disabilities/Positive-action-(1)" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibusinessinfo.co.uk/content/work-experience-programme" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/everycustomercounts" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibusinessinfo.co.uk/content/work-experience-programme" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jobapplyni.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jobapplyNI.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/Employers-Service-Providers/Recruiting-people-with-disabilities/Positive-action-(1)" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/everycustomercounts" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/Unifiedguidetopromotingequalopps2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Suppliers/find-a-broker/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibusinessinfo.co.uk/content/work-experience-programme" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialenterpriseni.org" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jobapplyni.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/Employers-Service-Providers/Recruiting-people-with-disabilities/Positive-action-(1)" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibusinessinfo.co.uk/content/work-experience-programme" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/Employers-Service-Providers/Recruiting-people-with-disabilities/Positive-action-(1)" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/MentalHealthCharter" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Suppliers/find-a-broker/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/Employers-Service-Providers/Recruiting-people-with-disabilities/Positive-action-(1)" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibusinessinfo.co.uk/content/work-experience-programme" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/MentalHealthCharter" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Suppliers/find-a-broker/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/everycustomercounts" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Suppliers/find-a-broker/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/ppn-0121-scoring-social-value" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contrators/find-a-broker/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/Employers-Service-Providers/Recruiting-people-with-disabilities/Positive-action-(1)" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/Employers-Service-Providers/Recruiting-people-with-disabilities/Positive-action-(1)" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibusinessinfo.co.uk/content/work-experience-programme" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/everycustomercounts" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibusinessinfo.co.uk/content/work-experience-programme" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Suppliers/find-a-broker/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jobapplyni.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jobapplyNI.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/Employers-Service-Providers/Recruiting-people-with-disabilities/Positive-action-(1)" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/everycustomercounts" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/Unifiedguidetopromotingequalopps2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.economy-ni.gov.uk/articles/circular-economy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Suppliers/find-a-broker/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibusinessinfo.co.uk/content/work-experience-programme" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialenterpriseni.org" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daera-ni.gov.uk/articles/waste-hierarchy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Suppliers/find-a-broker/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/Employers-Service-Providers/Recruiting-people-with-disabilities/Positive-action-(1)" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibusinessinfo.co.uk/content/work-experience-programme" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/Employers-Service-Providers/Recruiting-people-with-disabilities/Positive-action-(1)" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/MentalHealthCharter" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/Employers-Service-Providers/Recruiting-people-with-disabilities/Positive-action-(1)" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nibusinessinfo.co.uk/content/work-experience-programme" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/MentalHealthCharter" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/Suppliers/find-a-broker/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org/contractors/find-a-broker/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/everycustomercounts" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jobapplyni.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3N0YXRpc3RpY3MvZGVwcml2YXRpb24vbm9ydGhlcm4taXJlbGFuZC1tdWx0aXBsZS1kZXByaXZhdGlvbi1tZWFzdXJlLTIwMTctbmltZG0yMDE3&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=SEk4K2FpNEg5NTVSK3lDZ1BmOS8xZkJ6bUViall4U2ZUdXFid3BGN1plVT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3NpdGVzL25pc3JhLmdvdi51ay9maWxlcy9wdWJsaWNhdGlvbnMvVG9wJTIwMTAwJTIwU09Bcy5wZGY=&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=TzJsTXdhR293VnMxRmpxVytWYUIxQUluUGdMeHB2RjUxeFVtTm5Ub2VPWT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3N0YXRpc3RpY3MvZGVwcml2YXRpb24vbm9ydGhlcm4taXJlbGFuZC1tdWx0aXBsZS1kZXByaXZhdGlvbi1tZWFzdXJlLTIwMTctbmltZG0yMDE3&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=SEk4K2FpNEg5NTVSK3lDZ1BmOS8xZkJ6bUViall4U2ZUdXFid3BGN1plVT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3NpdGVzL25pc3JhLmdvdi51ay9maWxlcy9wdWJsaWNhdGlvbnMvVG9wJTIwMTAwJTIwU09Bcy5wZGY=&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=TzJsTXdhR293VnMxRmpxVytWYUIxQUluUGdMeHB2RjUxeFVtTm5Ub2VPWT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://socialvalueni.org/contractors/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3NpdGVzL25pc3JhLmdvdi51ay9maWxlcy9wdWJsaWNhdGlvbnMvVG9wJTIwMTAwJTIwU09Bcy5wZGY=&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=TzJsTXdhR293VnMxRmpxVytWYUIxQUluUGdMeHB2RjUxeFVtTm5Ub2VPWT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3N0YXRpc3RpY3MvZGVwcml2YXRpb24vbm9ydGhlcm4taXJlbGFuZC1tdWx0aXBsZS1kZXByaXZhdGlvbi1tZWFzdXJlLTIwMTctbmltZG0yMDE3&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=SEk4K2FpNEg5NTVSK3lDZ1BmOS8xZkJ6bUViall4U2ZUdXFid3BGN1plVT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3NpdGVzL25pc3JhLmdvdi51ay9maWxlcy9wdWJsaWNhdGlvbnMvVG9wJTIwMTAwJTIwU09Bcy5wZGY=&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=TzJsTXdhR293VnMxRmpxVytWYUIxQUluUGdMeHB2RjUxeFVtTm5Ub2VPWT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/occupational_health/publications/healthy_workplaces_model_action.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3N0YXRpc3RpY3MvZGVwcml2YXRpb24vbm9ydGhlcm4taXJlbGFuZC1tdWx0aXBsZS1kZXByaXZhdGlvbi1tZWFzdXJlLTIwMTctbmltZG0yMDE3&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=SEk4K2FpNEg5NTVSK3lDZ1BmOS8xZkJ6bUViall4U2ZUdXFid3BGN1plVT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://supplierregistration.cabinetoffice.gov.uk/msat" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.publichealth.hscni.net/sites/default/files/2020-09/WorkWell_LiveWell_Resource_Guide_09_20%20no%20appendix.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3N0YXRpc3RpY3MvZGVwcml2YXRpb24vbm9ydGhlcm4taXJlbGFuZC1tdWx0aXBsZS1kZXByaXZhdGlvbi1tZWFzdXJlLTIwMTctbmltZG0yMDE3&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=SEk4K2FpNEg5NTVSK3lDZ1BmOS8xZkJ6bUViall4U2ZUdXFid3BGN1plVT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3NpdGVzL25pc3JhLmdvdi51ay9maWxlcy9wdWJsaWNhdGlvbnMvVG9wJTIwMTAwJTIwU09Bcy5wZGY=&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=TzJsTXdhR293VnMxRmpxVytWYUIxQUluUGdMeHB2RjUxeFVtTm5Ub2VPWT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/publications/i/item/healthy-workplaces-a-model-for-action" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3NpdGVzL25pc3JhLmdvdi51ay9maWxlcy9wdWJsaWNhdGlvbnMvVG9wJTIwMTAwJTIwU09Bcy5wZGY=&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=TzJsTXdhR293VnMxRmpxVytWYUIxQUluUGdMeHB2RjUxeFVtTm5Ub2VPWT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3NpdGVzL25pc3JhLmdvdi51ay9maWxlcy9wdWJsaWNhdGlvbnMvVG9wJTIwMTAwJTIwU09Bcy5wZGY=&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=TzJsTXdhR293VnMxRmpxVytWYUIxQUluUGdMeHB2RjUxeFVtTm5Ub2VPWT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://socialvalueni.org/contractors/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3N0YXRpc3RpY3MvZGVwcml2YXRpb24vbm9ydGhlcm4taXJlbGFuZC1tdWx0aXBsZS1kZXByaXZhdGlvbi1tZWFzdXJlLTIwMTctbmltZG0yMDE3&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=SEk4K2FpNEg5NTVSK3lDZ1BmOS8xZkJ6bUViall4U2ZUdXFid3BGN1plVT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://socialvalueni.org/contractors/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3N0YXRpc3RpY3MvZGVwcml2YXRpb24vbm9ydGhlcm4taXJlbGFuZC1tdWx0aXBsZS1kZXByaXZhdGlvbi1tZWFzdXJlLTIwMTctbmltZG0yMDE3&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=SEk4K2FpNEg5NTVSK3lDZ1BmOS8xZkJ6bUViall4U2ZUdXFid3BGN1plVT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3NpdGVzL25pc3JhLmdvdi51ay9maWxlcy9wdWJsaWNhdGlvbnMvVG9wJTIwMTAwJTIwU09Bcy5wZGY=&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=TzJsTXdhR293VnMxRmpxVytWYUIxQUluUGdMeHB2RjUxeFVtTm5Ub2VPWT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eu-west-1.protection.sophos.com?d=nisra.gov.uk&amp;u=aHR0cHM6Ly93d3cubmlzcmEuZ292LnVrL3N0YXRpc3RpY3MvZGVwcml2YXRpb24vbm9ydGhlcm4taXJlbGFuZC1tdWx0aXBsZS1kZXByaXZhdGlvbi1tZWFzdXJlLTIwMTctbmltZG0yMDE3&amp;i=NjU1NTQ1Y2Y2MjBmMmMyMzA0ZGU2NDU3&amp;t=SEk4K2FpNEg5NTVSK3lDZ1BmOS8xZkJ6bUViall4U2ZUdXFid3BGN1plVT0=&amp;h=061e1c16a85645a4b5adb906c2dcf83d&amp;s=AVNPUEhUT0NFTkNSWVBUSVbyj4lJ0E4Q0g9dojt2up-KGFIfrQfI3fFj36Vhyj3c3Q" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialenterpriseni.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="151F08384FF6452AAEBD2EC594E1D38E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -25368,52 +25869,54 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B522F6"/>
     <w:rsid w:val="000615DE"/>
     <w:rsid w:val="001825F5"/>
     <w:rsid w:val="001D2871"/>
     <w:rsid w:val="002203AC"/>
     <w:rsid w:val="00247908"/>
     <w:rsid w:val="002E5DBD"/>
     <w:rsid w:val="00323AC0"/>
     <w:rsid w:val="003544EF"/>
     <w:rsid w:val="003F6178"/>
     <w:rsid w:val="004177A5"/>
     <w:rsid w:val="00497110"/>
     <w:rsid w:val="005150C2"/>
     <w:rsid w:val="00521A39"/>
+    <w:rsid w:val="00536AA3"/>
     <w:rsid w:val="00542EAC"/>
     <w:rsid w:val="00656E02"/>
+    <w:rsid w:val="00701948"/>
     <w:rsid w:val="0071541F"/>
     <w:rsid w:val="007243E6"/>
     <w:rsid w:val="007D10C1"/>
     <w:rsid w:val="008307CB"/>
     <w:rsid w:val="0089747D"/>
     <w:rsid w:val="008E4137"/>
     <w:rsid w:val="009D3E2E"/>
     <w:rsid w:val="00AD492F"/>
     <w:rsid w:val="00AE25D6"/>
     <w:rsid w:val="00AF212E"/>
     <w:rsid w:val="00AF6428"/>
     <w:rsid w:val="00B125A5"/>
     <w:rsid w:val="00B21C13"/>
     <w:rsid w:val="00B522F6"/>
     <w:rsid w:val="00B614F3"/>
     <w:rsid w:val="00B71E75"/>
     <w:rsid w:val="00B84777"/>
     <w:rsid w:val="00BF2794"/>
     <w:rsid w:val="00C37298"/>
     <w:rsid w:val="00C42363"/>
     <w:rsid w:val="00CF7A2C"/>
     <w:rsid w:val="00DB131B"/>
     <w:rsid w:val="00E53EC2"/>
     <w:rsid w:val="00F06609"/>
     <w:rsid w:val="00F84C60"/>
@@ -26250,70 +26753,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8770D9D8-7D6E-4B78-8286-2CCD469CB0B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>47</Pages>
-[...1 lines deleted...]
-  <Characters>77731</Characters>
+  <Pages>48</Pages>
+  <Words>13501</Words>
+  <Characters>79794</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1413</Lines>
-  <Paragraphs>537</Paragraphs>
+  <Lines>1450</Lines>
+  <Paragraphs>530</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NICS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>90368</CharactersWithSpaces>
+  <CharactersWithSpaces>92765</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lizzie Borelan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>