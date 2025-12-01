--- v0 (2025-10-09)
+++ v1 (2025-12-01)
@@ -9,51 +9,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4A805CA6" w14:textId="77777777" w:rsidR="00A469D7" w:rsidRDefault="00A469D7" w:rsidP="00A469D7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22CE8187" wp14:editId="674BCB4B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
@@ -537,115 +537,99 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00070267">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Decided between the Social Value Points </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>approach</w:t>
-[...7 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>approach,</w:t>
       </w:r>
       <w:r w:rsidRPr="00070267">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Fixed </w:t>
       </w:r>
       <w:r w:rsidRPr="00070267">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Social Value </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Indicator</w:t>
       </w:r>
       <w:r w:rsidRPr="00070267">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>approach</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> or Hybrid approach</w:t>
+        <w:t>approach or Hybrid approach</w:t>
       </w:r>
       <w:r w:rsidRPr="00070267">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">most </w:t>
       </w:r>
       <w:r w:rsidRPr="00070267">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">appropriate </w:t>
       </w:r>
@@ -1745,56 +1729,58 @@
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="Select a Social Value Indicator"/>
           <w:tag w:val="Select a Social Value Indicator"/>
           <w:id w:val="2119867907"/>
           <w:placeholder>
             <w:docPart w:val="DAA3E52432AB40A2BB66F18E376613D0"/>
           </w:placeholder>
           <w:dropDownList>
             <w:listItem w:displayText="Select a Social Value Indicator" w:value="Select a Social Value Indicator"/>
             <w:listItem w:displayText="1.1 Create employment, re-training and other return to work opportunities for those furthest from the labour market and/or from deprived areas" w:value="1.1 Create employment, re-training and other return to work opportunities for those furthest from the labour market and/or from deprived areas"/>
             <w:listItem w:displayText="1.2 Create employment and training opportunities in industries with known skills shortages or in high growth sectors" w:value="1.2 Create employment and training opportunities in industries with known skills shortages or in high growth sectors"/>
             <w:listItem w:displayText="1.3 Create employment and training opportunities that support a more resource efficient, greener and low carbon economy" w:value="1.3 Create employment and training opportunities that support a more resource efficient, greener and low carbon economy"/>
             <w:listItem w:displayText="1.4 Support in-work progression and educational attainment in the workforce, including training schemes that address skill gaps and result in recognised qualifications, to help people to move into higher paid work by developing new skills" w:value="1.4 Support in-work progression and educational attainment in the workforce, including training schemes that address skill gaps and result in recognised qualifications, to help people to move into higher paid work by developing new skills"/>
             <w:listItem w:displayText="1.5 Support in-work progression and training opportunities to help people gain new skills and recognised qualifications that are relevant to a more resource efficient, greener and low carbon economy" w:value="1.5 Support in-work progression and training opportunities to help people gain new skills and recognised qualifications that are relevant to a more resource efficient, greener and low carbon economy"/>
             <w:listItem w:displayText="1.6 Increase the representation of disabled people in the contract workforce" w:value="1.6 Increase the representation of disabled people in the contract workforce"/>
             <w:listItem w:displayText="1.7 Support disabled people to develop new skills and recognised qualifications" w:value="1.7 Support disabled people to develop new skills and recognised qualifications"/>
             <w:listItem w:displayText="2.1 Collaborate with the contract's supply chain to ensure fair work and workforce diversity throughout the supply chain" w:value="2.1 Collaborate with the contract's supply chain to ensure fair work and workforce diversity throughout the supply chain"/>
             <w:listItem w:displayText="2.2 Commit to ethical supply chains and practices by identifying and managing risks of modern slavery and human rights abuses in the delivery of the contract, including in the supply chain" w:value="2.2 Commit to ethical supply chains and practices by identifying and managing risks of modern slavery and human rights abuses in the delivery of the contract, including in the supply chain"/>
             <w:listItem w:displayText="2.3 Create a diverse and innovative supply chain to deliver the contract including new businesses and entrepreneurs, start-ups, SMEs and VCSEs" w:value="2.3 Create a diverse and innovative supply chain to deliver the contract including new businesses and entrepreneurs, start-ups, SMEs and VCSEs"/>
             <w:listItem w:displayText="2.4 Support entrepreneurship and social entrepreneurship, including helping new and small organisations to grow" w:value="2.4 Support entrepreneurship and social entrepreneurship, including helping new and small organisations to grow"/>
             <w:listItem w:displayText="2.5 Maximise security of supply, for example by minimising proximity of supply chains to point of delivery" w:value="2.5 Maximise security of supply, for example by minimising proximity of supply chains to point of delivery"/>
-            <w:listItem w:displayText="3.1 Deliver additional environmental benefits in the performance of the contract including working towards net zero greenhouse gas emissions and/or contributing to climate adaptation measures" w:value="3.1 Deliver additional environmental benefits in the performance of the contract including working towards net zero greenhouse gas emissions and/or contributing to climate adaptation measures"/>
-[...4 lines deleted...]
-            <w:listItem w:displayText="3.6 Create employment and training opportunities that contribute towards a just transition by supporting a more resource efficient, greener and low carbon economy" w:value="3.6 Create employment and training opportunities that contribute towards a just transition by supporting a more resource efficient, greener and low carbon economy"/>
+            <w:listItem w:displayText="3.1 Deliver additional climate action benefits in the performance of the contract including working towards net zero greenhouse gas emissions and/or contributing to climate adaptation measures" w:value="3.1 Deliver additional climate action benefits in the performance of the contract including working towards net zero greenhouse gas emissions and/or contributing to climate adaptation measures"/>
+            <w:listItem w:displayText="3.2 Initiatives that support climate adaptation and mitigation measures to minimise the effects of" w:value="3.2 Initiatives that support climate adaptation and mitigation measures to minimise the effects of"/>
+            <w:listItem w:displayText="3.3 Demonstrate action to maintain and enhance biodiversity and promote the resilience of ecosystems by considering environmental protection and improvement in the delivery of the contract, including the supply chain" w:value="3.3 Demonstrate action to maintain and enhance biodiversity and promote the resilience of ecosystems by considering environmental protection and improvement in the delivery of the contract, including the supply chain"/>
+            <w:listItem w:displayText="3.4 Work toward net zero emissions by measuring the contract’s carbon footprint and minimising" w:value="3.4 Work toward net zero emissions by measuring the contract’s carbon footprint and minimising"/>
+            <w:listItem w:displayText="3.5 Initiatives which contribute to improvements of air and water quality and promote nature-based solutions" w:value="3.5 Initiatives which contribute to improvements of air and water quality and promote nature-based solutions"/>
+            <w:listItem w:displayText="3.6 Demonstrate action that supports the circular economy, by minimising waste and extracting the maximum value of resources in the delivery of the contract, including the supply chain" w:value="3.6 Demonstrate action that supports the circular economy, by minimising waste and extracting the maximum value of resources in the delivery of the contract, including the supply chain"/>
+            <w:listItem w:displayText="3.7 Assess and minimise the contract’s embodied carbon emissions by minimising use of virgin materials, effective production techniques and effective recovery systems" w:value="3.7 Assess and minimise the contract’s embodied carbon emissions by minimising use of virgin materials, effective production techniques and effective recovery systems"/>
+            <w:listItem w:displayText="3.8 Create Green Jobs and relevant training opportunities that contribute towards a just transition by supporting a more resource efficient, greener and low carbon economy" w:value="3.8 Create Green Jobs and relevant training opportunities that contribute towards a just transition by supporting a more resource efficient, greener and low carbon economy"/>
             <w:listItem w:displayText="4.1 Build a culture that supports the wellbeing of staff working on the contract" w:value="4.1 Build a culture that supports the wellbeing of staff working on the contract"/>
             <w:listItem w:displayText="4.2 Support the wellbeing of staff, suppliers, customers and communities in the delivery of the contract" w:value="4.2 Support the wellbeing of staff, suppliers, customers and communities in the delivery of the contract"/>
             <w:listItem w:displayText="4.3 Promote and develop arts and cultural related activities relevant to the contract" w:value="4.3 Promote and develop arts and cultural related activities relevant to the contract"/>
             <w:listItem w:displayText="4.4 Support community cohesion and good relations in areas where the contract is delivered, for example, by ensuring people have a voice in decisions that impact them." w:value="4.4 Support community cohesion and good relations in areas where the contract is delivered, for example, by ensuring people have a voice in decisions that impact them."/>
             <w:listItem w:displayText="4.5 Take action to improve equality, diversity and inclusion in the contract’s workforce and throughout the supply chain" w:value="4.5 Take action to improve equality, diversity and inclusion in the contract’s workforce and throughout the supply chain"/>
             <w:listItem w:displayText="4.6 Support local initiatives to reduce poverty and inequality in the area where the contract is delivered" w:value="4.6 Support local initiatives to reduce poverty and inequality in the area where the contract is delivered"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="008A074C">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Select a Social Value Indicator</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="008A074C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -1812,122 +1798,124 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597AB9AC" w14:textId="77777777" w:rsidR="0017353F" w:rsidRDefault="0017353F" w:rsidP="0017353F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Supplier Guidance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5431EDC0" w14:textId="77777777" w:rsidR="0017353F" w:rsidRPr="00BD3A17" w:rsidRDefault="0017353F" w:rsidP="0017353F">
+    <w:p w14:paraId="5431EDC0" w14:textId="327D8E22" w:rsidR="0017353F" w:rsidRPr="00BD3A17" w:rsidRDefault="0017353F" w:rsidP="0017353F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD3A17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Social Value initiatives related to indicator</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD3A17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="Select a Social Value Indicator"/>
           <w:tag w:val="Select a Social Value Indicator"/>
-          <w:id w:val="-2026546347"/>
+          <w:id w:val="610398126"/>
           <w:placeholder>
-            <w:docPart w:val="E0E84E3CEFC34DFE9FD43EE79AADABB5"/>
+            <w:docPart w:val="C5728C6A844B46B7BE9C7FC294B26347"/>
           </w:placeholder>
           <w:dropDownList>
             <w:listItem w:displayText="Select a Social Value Indicator" w:value="Select a Social Value Indicator"/>
             <w:listItem w:displayText="1.1 Create employment, re-training and other return to work opportunities for those furthest from the labour market and/or from deprived areas" w:value="1.1 Create employment, re-training and other return to work opportunities for those furthest from the labour market and/or from deprived areas"/>
             <w:listItem w:displayText="1.2 Create employment and training opportunities in industries with known skills shortages or in high growth sectors" w:value="1.2 Create employment and training opportunities in industries with known skills shortages or in high growth sectors"/>
             <w:listItem w:displayText="1.3 Create employment and training opportunities that support a more resource efficient, greener and low carbon economy" w:value="1.3 Create employment and training opportunities that support a more resource efficient, greener and low carbon economy"/>
             <w:listItem w:displayText="1.4 Support in-work progression and educational attainment in the workforce, including training schemes that address skill gaps and result in recognised qualifications, to help people to move into higher paid work by developing new skills" w:value="1.4 Support in-work progression and educational attainment in the workforce, including training schemes that address skill gaps and result in recognised qualifications, to help people to move into higher paid work by developing new skills"/>
             <w:listItem w:displayText="1.5 Support in-work progression and training opportunities to help people gain new skills and recognised qualifications that are relevant to a more resource efficient, greener and low carbon economy" w:value="1.5 Support in-work progression and training opportunities to help people gain new skills and recognised qualifications that are relevant to a more resource efficient, greener and low carbon economy"/>
             <w:listItem w:displayText="1.6 Increase the representation of disabled people in the contract workforce" w:value="1.6 Increase the representation of disabled people in the contract workforce"/>
             <w:listItem w:displayText="1.7 Support disabled people to develop new skills and recognised qualifications" w:value="1.7 Support disabled people to develop new skills and recognised qualifications"/>
             <w:listItem w:displayText="2.1 Collaborate with the contract's supply chain to ensure fair work and workforce diversity throughout the supply chain" w:value="2.1 Collaborate with the contract's supply chain to ensure fair work and workforce diversity throughout the supply chain"/>
             <w:listItem w:displayText="2.2 Commit to ethical supply chains and practices by identifying and managing risks of modern slavery and human rights abuses in the delivery of the contract, including in the supply chain" w:value="2.2 Commit to ethical supply chains and practices by identifying and managing risks of modern slavery and human rights abuses in the delivery of the contract, including in the supply chain"/>
             <w:listItem w:displayText="2.3 Create a diverse and innovative supply chain to deliver the contract including new businesses and entrepreneurs, start-ups, SMEs and VCSEs" w:value="2.3 Create a diverse and innovative supply chain to deliver the contract including new businesses and entrepreneurs, start-ups, SMEs and VCSEs"/>
             <w:listItem w:displayText="2.4 Support entrepreneurship and social entrepreneurship, including helping new and small organisations to grow" w:value="2.4 Support entrepreneurship and social entrepreneurship, including helping new and small organisations to grow"/>
             <w:listItem w:displayText="2.5 Maximise security of supply, for example by minimising proximity of supply chains to point of delivery" w:value="2.5 Maximise security of supply, for example by minimising proximity of supply chains to point of delivery"/>
-            <w:listItem w:displayText="3.1 Deliver additional environmental benefits in the performance of the contract including working towards net zero greenhouse gas emissions and/or contributing to climate adaptation measures" w:value="3.1 Deliver additional environmental benefits in the performance of the contract including working towards net zero greenhouse gas emissions and/or contributing to climate adaptation measures"/>
-[...4 lines deleted...]
-            <w:listItem w:displayText="3.6 Create employment and training opportunities that contribute towards a just transition by supporting a more resource efficient, greener and low carbon economy" w:value="3.6 Create employment and training opportunities that contribute towards a just transition by supporting a more resource efficient, greener and low carbon economy"/>
+            <w:listItem w:displayText="3.1 Deliver additional climate action benefits in the performance of the contract including working towards net zero greenhouse gas emissions and/or contributing to climate adaptation measures" w:value="3.1 Deliver additional climate action benefits in the performance of the contract including working towards net zero greenhouse gas emissions and/or contributing to climate adaptation measures"/>
+            <w:listItem w:displayText="3.2 Initiatives that support climate adaptation and mitigation measures to minimise the effects of" w:value="3.2 Initiatives that support climate adaptation and mitigation measures to minimise the effects of"/>
+            <w:listItem w:displayText="3.3 Demonstrate action to maintain and enhance biodiversity and promote the resilience of ecosystems by considering environmental protection and improvement in the delivery of the contract, including the supply chain" w:value="3.3 Demonstrate action to maintain and enhance biodiversity and promote the resilience of ecosystems by considering environmental protection and improvement in the delivery of the contract, including the supply chain"/>
+            <w:listItem w:displayText="3.4 Work toward net zero emissions by measuring the contract’s carbon footprint and minimising" w:value="3.4 Work toward net zero emissions by measuring the contract’s carbon footprint and minimising"/>
+            <w:listItem w:displayText="3.5 Initiatives which contribute to improvements of air and water quality and promote nature-based solutions" w:value="3.5 Initiatives which contribute to improvements of air and water quality and promote nature-based solutions"/>
+            <w:listItem w:displayText="3.6 Demonstrate action that supports the circular economy, by minimising waste and extracting the maximum value of resources in the delivery of the contract, including the supply chain" w:value="3.6 Demonstrate action that supports the circular economy, by minimising waste and extracting the maximum value of resources in the delivery of the contract, including the supply chain"/>
+            <w:listItem w:displayText="3.7 Assess and minimise the contract’s embodied carbon emissions by minimising use of virgin materials, effective production techniques and effective recovery systems" w:value="3.7 Assess and minimise the contract’s embodied carbon emissions by minimising use of virgin materials, effective production techniques and effective recovery systems"/>
+            <w:listItem w:displayText="3.8 Create Green Jobs and relevant training opportunities that contribute towards a just transition by supporting a more resource efficient, greener and low carbon economy" w:value="3.8 Create Green Jobs and relevant training opportunities that contribute towards a just transition by supporting a more resource efficient, greener and low carbon economy"/>
             <w:listItem w:displayText="4.1 Build a culture that supports the wellbeing of staff working on the contract" w:value="4.1 Build a culture that supports the wellbeing of staff working on the contract"/>
             <w:listItem w:displayText="4.2 Support the wellbeing of staff, suppliers, customers and communities in the delivery of the contract" w:value="4.2 Support the wellbeing of staff, suppliers, customers and communities in the delivery of the contract"/>
             <w:listItem w:displayText="4.3 Promote and develop arts and cultural related activities relevant to the contract" w:value="4.3 Promote and develop arts and cultural related activities relevant to the contract"/>
             <w:listItem w:displayText="4.4 Support community cohesion and good relations in areas where the contract is delivered, for example, by ensuring people have a voice in decisions that impact them." w:value="4.4 Support community cohesion and good relations in areas where the contract is delivered, for example, by ensuring people have a voice in decisions that impact them."/>
             <w:listItem w:displayText="4.5 Take action to improve equality, diversity and inclusion in the contract’s workforce and throughout the supply chain" w:value="4.5 Take action to improve equality, diversity and inclusion in the contract’s workforce and throughout the supply chain"/>
             <w:listItem w:displayText="4.6 Support local initiatives to reduce poverty and inequality in the area where the contract is delivered" w:value="4.6 Support local initiatives to reduce poverty and inequality in the area where the contract is delivered"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="00B1655B" w:rsidRPr="008A074C">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Select a Social Value Indicator</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00BD3A17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> may include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A7AB8AB" w14:textId="77777777" w:rsidR="0017353F" w:rsidRPr="00A13C4E" w:rsidRDefault="0017353F" w:rsidP="0017353F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
@@ -17162,51 +17150,51 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p w14:paraId="2CFFD065" w14:textId="32E48E95" w:rsidR="00A469D7" w:rsidRPr="0017353F" w:rsidRDefault="00A469D7" w:rsidP="00A469D7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A469D7" w:rsidRPr="0017353F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="0" w:author="Author" w:initials="A">
     <w:p w14:paraId="1A2A9569" w14:textId="77777777" w:rsidR="0017353F" w:rsidRDefault="0017353F" w:rsidP="0017353F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Drafting note: Contracting Authorities are encouraged to include organisation-specific policy context in the social value schedule. If included, reference it here too. </w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="1" w:author="Author" w:initials="A">
     <w:p w14:paraId="6EB29124" w14:textId="77777777" w:rsidR="0017353F" w:rsidRDefault="0017353F" w:rsidP="0017353F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
@@ -17394,95 +17382,95 @@
       <w:r>
         <w:t>Drafting note: - the initiatives will depend on the subject matter of the contract and the contracting authority must select and / add initiatives as appropriate</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="18" w:author="McCann, Jeannie" w:date="2024-09-02T16:22:00Z" w:initials="JM">
     <w:p w14:paraId="4A7AF831" w14:textId="77777777" w:rsidR="0017353F" w:rsidRDefault="0017353F" w:rsidP="0017353F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Drafting note: only use this indicator where the contract workforce will be of a size that will allow for meaningful delivery </w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="1A2A9569" w15:done="0"/>
   <w15:commentEx w15:paraId="6EB29124" w15:done="0"/>
   <w15:commentEx w15:paraId="53771487" w15:done="0"/>
   <w15:commentEx w15:paraId="1A5B6207" w15:done="0"/>
   <w15:commentEx w15:paraId="3ECC57FF" w15:done="0"/>
   <w15:commentEx w15:paraId="4058A6FB" w15:done="0"/>
   <w15:commentEx w15:paraId="13EC2407" w15:done="0"/>
   <w15:commentEx w15:paraId="5846B257" w15:done="0"/>
   <w15:commentEx w15:paraId="2B349CBB" w15:done="0"/>
   <w15:commentEx w15:paraId="1C6D85B5" w15:done="0"/>
   <w15:commentEx w15:paraId="30AF2714" w15:done="0"/>
   <w15:commentEx w15:paraId="4A7AF831" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh cr w16du wp14">
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="3FF0C305" w16cex:dateUtc="2024-09-11T08:10:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="14DB3CF5" w16cex:dateUtc="2024-09-27T14:22:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="0B2A60A9" w16cex:dateUtc="2024-09-02T14:43:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="5CEFF2D1" w16cex:dateUtc="2024-10-29T09:21:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="67ADAEF7" w16cex:dateUtc="2024-09-02T15:22:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="1A2A9569" w16cid:durableId="3C4CF197"/>
   <w16cid:commentId w16cid:paraId="6EB29124" w16cid:durableId="261BCAB2"/>
   <w16cid:commentId w16cid:paraId="53771487" w16cid:durableId="1A9C4012"/>
   <w16cid:commentId w16cid:paraId="1A5B6207" w16cid:durableId="16AE4B2F"/>
   <w16cid:commentId w16cid:paraId="3ECC57FF" w16cid:durableId="6AD3D8D6"/>
   <w16cid:commentId w16cid:paraId="4058A6FB" w16cid:durableId="649D09C8"/>
   <w16cid:commentId w16cid:paraId="13EC2407" w16cid:durableId="3FF0C305"/>
   <w16cid:commentId w16cid:paraId="5846B257" w16cid:durableId="14DB3CF5"/>
   <w16cid:commentId w16cid:paraId="2B349CBB" w16cid:durableId="0B2A60A9"/>
   <w16cid:commentId w16cid:paraId="1C6D85B5" w16cid:durableId="5CEFF2D1"/>
   <w16cid:commentId w16cid:paraId="30AF2714" w16cid:durableId="079EF993"/>
   <w16cid:commentId w16cid:paraId="4A7AF831" w16cid:durableId="67ADAEF7"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -17499,51 +17487,51 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="051B7E8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BAC244BE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -21717,142 +21705,145 @@
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="40983651">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="681247487">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="2017265701">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="879323452">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1806846552">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1635670718">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="36"/>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Author">
     <w15:presenceInfo w15:providerId="None" w15:userId="Author"/>
   </w15:person>
   <w15:person w15:author="Borelan, Lizzie">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Lizzie.Borelan@sibni.org::4d227d39-658c-40ee-aab9-1f7bf11ecf0b"/>
   </w15:person>
   <w15:person w15:author="McCann, Jeannie">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Jeannie.McCann@sibni.org::b760aa5a-be7d-4199-93bb-43846a472f61"/>
   </w15:person>
   <w15:person w15:author="MacLean, Andrea">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S-1-5-21-2709829248-3130493357-864605649-257586"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A469D7"/>
     <w:rsid w:val="000C2137"/>
     <w:rsid w:val="0017353F"/>
     <w:rsid w:val="001F18F4"/>
     <w:rsid w:val="002D5EDD"/>
     <w:rsid w:val="00325522"/>
     <w:rsid w:val="00344E2C"/>
     <w:rsid w:val="006A01AF"/>
     <w:rsid w:val="006F149E"/>
     <w:rsid w:val="00746286"/>
     <w:rsid w:val="00842317"/>
     <w:rsid w:val="008A3E81"/>
     <w:rsid w:val="008B6544"/>
     <w:rsid w:val="00911703"/>
     <w:rsid w:val="00976924"/>
     <w:rsid w:val="00A469D7"/>
+    <w:rsid w:val="00B1655B"/>
     <w:rsid w:val="00B36517"/>
     <w:rsid w:val="00B839B6"/>
     <w:rsid w:val="00BD2300"/>
     <w:rsid w:val="00BE591E"/>
     <w:rsid w:val="00C12B71"/>
     <w:rsid w:val="00C2118E"/>
     <w:rsid w:val="00C6619C"/>
     <w:rsid w:val="00C8426C"/>
     <w:rsid w:val="00C9315F"/>
+    <w:rsid w:val="00CE0CF6"/>
     <w:rsid w:val="00CF0DF9"/>
     <w:rsid w:val="00D03E80"/>
     <w:rsid w:val="00DC4866"/>
+    <w:rsid w:val="00EE1C16"/>
     <w:rsid w:val="00FD2364"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="37C127AA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{76C87961-399F-4099-98BE-C85988AAB9B2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -22547,195 +22538,195 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00911703"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://socialvalueni.org/procurement/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialvalueni.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/ppn-0121-scoring-social-value" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/PositiveActionEmployerGuide.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/ppn-0121-scoring-social-value" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityni.org/ECNI/media/ECNI/Publications/Employers%20and%20Service%20Providers/Unifiedguidetopromotingequalopps2009.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F395FF6BAEC94E96B03521B27376D052"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D2625598-5118-4D91-8B23-82BBC6701CC8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00746420" w:rsidP="00746420">
+        <w:p w:rsidR="008663F6" w:rsidRDefault="00746420" w:rsidP="00746420">
           <w:pPr>
             <w:pStyle w:val="F395FF6BAEC94E96B03521B27376D052"/>
           </w:pPr>
           <w:r w:rsidRPr="00070267">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DAA3E52432AB40A2BB66F18E376613D0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D44CD606-0A41-4782-9384-8234D7338A4A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00746420" w:rsidP="00746420">
+        <w:p w:rsidR="008663F6" w:rsidRDefault="00746420" w:rsidP="00746420">
           <w:pPr>
             <w:pStyle w:val="DAA3E52432AB40A2BB66F18E376613D0"/>
-          </w:pPr>
-[...27 lines deleted...]
-            <w:pStyle w:val="E0E84E3CEFC34DFE9FD43EE79AADABB5"/>
           </w:pPr>
           <w:r w:rsidRPr="00BA73F8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="315DF50A5AD6470894CCD99903CAD3F3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{89FC6668-5388-40C9-9B16-D32A15117100}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00746420" w:rsidP="00746420">
+        <w:p w:rsidR="008663F6" w:rsidRDefault="00746420" w:rsidP="00746420">
           <w:pPr>
             <w:pStyle w:val="315DF50A5AD6470894CCD99903CAD3F3"/>
           </w:pPr>
           <w:r w:rsidRPr="00BD3A17">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C5728C6A844B46B7BE9C7FC294B26347"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{888CADCE-BB2F-4ED7-9405-0ABD65C4D464}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="008663F6" w:rsidP="008663F6">
+          <w:pPr>
+            <w:pStyle w:val="C5728C6A844B46B7BE9C7FC294B26347"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BA73F8">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -22764,109 +22755,112 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0062575D"/>
     <w:rsid w:val="000551DF"/>
     <w:rsid w:val="000F4037"/>
     <w:rsid w:val="00105C7B"/>
     <w:rsid w:val="002D5EDD"/>
     <w:rsid w:val="002F584C"/>
     <w:rsid w:val="005E543E"/>
     <w:rsid w:val="005F538A"/>
     <w:rsid w:val="0062575D"/>
     <w:rsid w:val="00746420"/>
     <w:rsid w:val="008020A7"/>
     <w:rsid w:val="00804F39"/>
+    <w:rsid w:val="008663F6"/>
     <w:rsid w:val="00954179"/>
     <w:rsid w:val="00AD0BFA"/>
+    <w:rsid w:val="00B17F90"/>
     <w:rsid w:val="00B324D1"/>
     <w:rsid w:val="00B509CE"/>
     <w:rsid w:val="00B97DEF"/>
+    <w:rsid w:val="00CE0CF6"/>
     <w:rsid w:val="00E271F5"/>
     <w:rsid w:val="00F425C5"/>
     <w:rsid w:val="00FC1A2A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -23252,96 +23246,67 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00746420"/>
+    <w:rsid w:val="008663F6"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50ADA90D8A0C46F3B90EB74E61860035">
-[...9 lines deleted...]
-    <w:rsid w:val="00F425C5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C5728C6A844B46B7BE9C7FC294B26347">
+    <w:name w:val="C5728C6A844B46B7BE9C7FC294B26347"/>
+    <w:rsid w:val="008663F6"/>
     <w:pPr>
-      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
-  </w:style>
-[...21 lines deleted...]
-    <w:rsid w:val="002F584C"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F395FF6BAEC94E96B03521B27376D052">
     <w:name w:val="F395FF6BAEC94E96B03521B27376D052"/>
     <w:rsid w:val="00746420"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DAA3E52432AB40A2BB66F18E376613D0">
     <w:name w:val="DAA3E52432AB40A2BB66F18E376613D0"/>
     <w:rsid w:val="00746420"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
@@ -23355,51 +23320,51 @@
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="315DF50A5AD6470894CCD99903CAD3F3">
     <w:name w:val="315DF50A5AD6470894CCD99903CAD3F3"/>
     <w:rsid w:val="00746420"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>