--- v0 (2025-10-09)
+++ v1 (2026-01-30)
@@ -2,167 +2,168 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sib-scotte\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A6D9C48D-D8E1-4192-A3BA-789DEB9DA101}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1464BB94-F9B5-448C-AF59-1FFB18809D59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="555" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Declaration" sheetId="1" r:id="rId1"/>
     <sheet name="Delivery Plan" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_Hlk141447425" localSheetId="1">'Delivery Plan'!$A$81</definedName>
+    <definedName name="_Hlk141447425" localSheetId="1">'Delivery Plan'!$A$82</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E54" i="2" l="1"/>
-[...6 lines deleted...]
-  <c r="E78" i="2" l="1"/>
+  <c r="E52" i="2" l="1"/>
+  <c r="E55" i="2"/>
+  <c r="E81" i="2"/>
+  <c r="E70" i="2"/>
+  <c r="E67" i="2"/>
+  <c r="E65" i="2"/>
+  <c r="E62" i="2"/>
+  <c r="E58" i="2"/>
+  <c r="E79" i="2" l="1"/>
+  <c r="E78" i="2"/>
   <c r="E77" i="2"/>
   <c r="E76" i="2"/>
   <c r="E75" i="2"/>
   <c r="E74" i="2"/>
   <c r="E73" i="2"/>
   <c r="E72" i="2"/>
-  <c r="E71" i="2"/>
   <c r="E30" i="2" l="1"/>
   <c r="E48" i="2" l="1"/>
   <c r="E46" i="2"/>
   <c r="E26" i="2" l="1"/>
-  <c r="E81" i="2"/>
+  <c r="E82" i="2"/>
   <c r="E35" i="2"/>
+  <c r="E69" i="2"/>
   <c r="E68" i="2"/>
-  <c r="E67" i="2"/>
-  <c r="E65" i="2"/>
+  <c r="E66" i="2"/>
+  <c r="E57" i="2"/>
   <c r="E56" i="2"/>
-  <c r="E55" i="2"/>
   <c r="E37" i="2"/>
+  <c r="E87" i="2"/>
   <c r="E86" i="2"/>
-  <c r="E85" i="2"/>
-  <c r="E70" i="2"/>
+  <c r="E71" i="2"/>
+  <c r="E60" i="2"/>
   <c r="E59" i="2"/>
-  <c r="E58" i="2"/>
   <c r="E32" i="2"/>
   <c r="E29" i="2"/>
   <c r="E28" i="2"/>
   <c r="E27" i="2"/>
   <c r="E25" i="2"/>
   <c r="E24" i="2"/>
+  <c r="E90" i="2"/>
   <c r="E89" i="2"/>
-  <c r="E88" i="2"/>
+  <c r="E84" i="2"/>
+  <c r="E85" i="2"/>
   <c r="E83" i="2"/>
-  <c r="E84" i="2"/>
-[...2 lines deleted...]
-  <c r="E63" i="2"/>
+  <c r="E61" i="2"/>
+  <c r="E64" i="2"/>
   <c r="E50" i="2"/>
   <c r="E20" i="2" l="1"/>
   <c r="E19" i="2"/>
   <c r="E34" i="2"/>
   <c r="E43" i="2" l="1"/>
   <c r="E40" i="2"/>
   <c r="E36" i="2"/>
   <c r="E33" i="2"/>
   <c r="E45" i="2"/>
   <c r="E47" i="2"/>
-  <c r="E53" i="2"/>
+  <c r="E54" i="2"/>
   <c r="E41" i="2"/>
   <c r="E23" i="2"/>
   <c r="E42" i="2" l="1"/>
   <c r="E18" i="2"/>
   <c r="E17" i="2"/>
   <c r="C10" i="2" l="1"/>
   <c r="D10" i="2" s="1"/>
-  <c r="E87" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="E52" i="2"/>
+  <c r="E88" i="2" l="1"/>
+  <c r="E63" i="2"/>
+  <c r="E53" i="2"/>
   <c r="E31" i="2"/>
   <c r="E44" i="2" l="1"/>
   <c r="E39" i="2"/>
   <c r="E22" i="2"/>
   <c r="E21" i="2"/>
   <c r="E49" i="2" l="1"/>
-  <c r="E90" i="2" s="1"/>
-  <c r="E91" i="2" l="1"/>
+  <c r="E91" i="2" s="1"/>
+  <c r="E92" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="245" uniqueCount="138">
   <si>
     <t>Contact Name</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Email address</t>
   </si>
   <si>
     <t>Telephone number</t>
   </si>
   <si>
     <t>Signed</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Points Value</t>
   </si>
   <si>
     <t>Number of FTE person weeks which will be delivered throughout this contract</t>
   </si>
   <si>
@@ -550,50 +551,59 @@
     <t>Packaging and Waste Action Plan for the contract</t>
   </si>
   <si>
     <t>Climate change and carbon reduction training for staff</t>
   </si>
   <si>
     <t xml:space="preserve">Action plan to improve air and water quality and promote nature-based solutions for the contract </t>
   </si>
   <si>
     <t xml:space="preserve">Environmental Initiatives for improving air and water quality and promote nature-based solutions for the contract </t>
   </si>
   <si>
     <t>Circular Economy Action Plan for the Contract</t>
   </si>
   <si>
     <t>Circular Economy training for staff working on the contract</t>
   </si>
   <si>
     <t>Unwaged work placements for people who face barriers to employment or are from deprived areas - Green Jobs &amp; Skills</t>
   </si>
   <si>
     <t>THEME 4: Promoting Wellbeing</t>
   </si>
   <si>
     <t>Health and wellbeing Action Plan for the Contract Workforce</t>
+  </si>
+  <si>
+    <t>Environmental Benchmarking Survey</t>
+  </si>
+  <si>
+    <t>Annual benchmarking exercise = 30 points</t>
+  </si>
+  <si>
+    <t>Environmental benchmarking survey will be completed.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="_(&quot;£&quot;* #,##0.00_);_(&quot;£&quot;* \(#,##0.00\);_(&quot;£&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="_-[$£-809]* #,##0.0_-;\-[$£-809]* #,##0.0_-;_-[$£-809]* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="167" formatCode="_-[$£-809]* #,##0.00_-;\-[$£-809]* #,##0.00_-;_-[$£-809]* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1670,54 +1680,54 @@
     <row r="11" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="29"/>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A12" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="29"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AT91"/>
+  <dimension ref="A1:AT92"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A52" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C57" sqref="C57"/>
+    <sheetView tabSelected="1" topLeftCell="A47" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="D52" sqref="D52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="43.1796875" style="5" customWidth="1"/>
     <col min="2" max="2" width="29.26953125" style="5" customWidth="1"/>
     <col min="3" max="3" width="35.1796875" style="5" customWidth="1"/>
     <col min="4" max="4" width="46" style="5" customWidth="1"/>
     <col min="5" max="5" width="13.7265625" style="5" customWidth="1"/>
     <col min="6" max="6" width="4.1796875" style="5" customWidth="1"/>
     <col min="7" max="7" width="31" style="5" customWidth="1"/>
     <col min="8" max="8" width="9.453125" style="5" customWidth="1"/>
     <col min="9" max="10" width="9.1796875" style="5"/>
     <col min="11" max="11" width="40.453125" style="5" customWidth="1"/>
     <col min="12" max="16384" width="9.1796875" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="34.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="53" t="s">
         <v>36</v>
       </c>
       <c r="B1" s="53"/>
       <c r="C1" s="53"/>
       <c r="D1" s="53"/>
     </row>
@@ -1925,51 +1935,51 @@
       </c>
       <c r="D21" s="28"/>
       <c r="E21" s="18">
         <f>D21*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H21" s="12"/>
     </row>
     <row r="22" spans="1:46" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A22" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="14" t="s">
         <v>38</v>
       </c>
       <c r="C22" s="14" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="28"/>
       <c r="E22" s="18">
         <f>D22*(15/8)</f>
         <v>0</v>
       </c>
       <c r="H22" s="12"/>
     </row>
-    <row r="23" spans="1:46" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:46" ht="62" x14ac:dyDescent="0.35">
       <c r="A23" s="13" t="s">
         <v>89</v>
       </c>
       <c r="B23" s="14" t="s">
         <v>90</v>
       </c>
       <c r="C23" s="14" t="s">
         <v>56</v>
       </c>
       <c r="D23" s="28"/>
       <c r="E23" s="18">
         <f>D23*(10/500)</f>
         <v>0</v>
       </c>
       <c r="H23" s="12"/>
     </row>
     <row r="24" spans="1:46" s="36" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A24" s="13" t="s">
         <v>77</v>
       </c>
       <c r="B24" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C24" s="14" t="s">
         <v>7</v>
@@ -2443,51 +2453,51 @@
       </c>
       <c r="D35" s="28"/>
       <c r="E35" s="18">
         <f>D35*(15/2)</f>
         <v>0</v>
       </c>
       <c r="H35" s="12"/>
     </row>
     <row r="36" spans="1:8" ht="31" x14ac:dyDescent="0.35">
       <c r="A36" s="13" t="s">
         <v>88</v>
       </c>
       <c r="B36" s="14" t="s">
         <v>48</v>
       </c>
       <c r="C36" s="14" t="s">
         <v>14</v>
       </c>
       <c r="D36" s="28"/>
       <c r="E36" s="18">
         <f>D36*(15/8)</f>
         <v>0</v>
       </c>
       <c r="H36" s="12"/>
     </row>
-    <row r="37" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:8" ht="62" x14ac:dyDescent="0.35">
       <c r="A37" s="13" t="s">
         <v>107</v>
       </c>
       <c r="B37" s="14" t="s">
         <v>106</v>
       </c>
       <c r="C37" s="14" t="s">
         <v>56</v>
       </c>
       <c r="D37" s="28"/>
       <c r="E37" s="18">
         <f>D37*(15/500)</f>
         <v>0</v>
       </c>
       <c r="H37" s="12"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="47"/>
       <c r="B38" s="50" t="s">
         <v>117</v>
       </c>
       <c r="C38" s="48"/>
       <c r="D38" s="49"/>
       <c r="E38" s="44"/>
       <c r="H38" s="12"/>
@@ -2684,723 +2694,740 @@
         <v>97</v>
       </c>
       <c r="B50" s="14" t="s">
         <v>98</v>
       </c>
       <c r="C50" s="14" t="s">
         <v>99</v>
       </c>
       <c r="D50" s="28"/>
       <c r="E50" s="18">
         <f>D50*(10/500)</f>
         <v>0</v>
       </c>
       <c r="H50" s="12"/>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="47"/>
       <c r="B51" s="50" t="s">
         <v>118</v>
       </c>
       <c r="C51" s="48"/>
       <c r="D51" s="49"/>
       <c r="E51" s="44"/>
       <c r="H51" s="12"/>
     </row>
-    <row r="52" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:8" ht="31" x14ac:dyDescent="0.35">
       <c r="A52" s="13" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="B52" s="14" t="s">
-        <v>60</v>
+        <v>136</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>62</v>
+        <v>137</v>
       </c>
       <c r="D52" s="28"/>
       <c r="E52" s="18">
         <f>IF(D52="yes",30,0)</f>
         <v>0</v>
       </c>
       <c r="H52" s="12"/>
     </row>
-    <row r="53" spans="1:8" ht="31" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A53" s="13" t="s">
-        <v>64</v>
+        <v>125</v>
       </c>
       <c r="B53" s="14" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>60</v>
+      </c>
+      <c r="C53" s="15" t="s">
+        <v>62</v>
       </c>
       <c r="D53" s="28"/>
       <c r="E53" s="18">
-        <f>D53*(10/8)</f>
+        <f>IF(D53="yes",30,0)</f>
         <v>0</v>
       </c>
       <c r="H53" s="12"/>
     </row>
-    <row r="54" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:8" ht="31" x14ac:dyDescent="0.35">
       <c r="A54" s="13" t="s">
-        <v>124</v>
+        <v>64</v>
       </c>
       <c r="B54" s="14" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>42</v>
+      </c>
+      <c r="C54" s="14" t="s">
+        <v>14</v>
       </c>
       <c r="D54" s="28"/>
       <c r="E54" s="18">
-        <f>IF(D54="yes",30,0)</f>
+        <f>D54*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H54" s="12"/>
     </row>
-    <row r="55" spans="1:8" ht="31" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A55" s="13" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B55" s="14" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>60</v>
+      </c>
+      <c r="C55" s="15" t="s">
+        <v>62</v>
       </c>
       <c r="D55" s="28"/>
       <c r="E55" s="18">
-        <f>D55*(10/8)</f>
+        <f>IF(D55="yes",30,0)</f>
         <v>0</v>
       </c>
       <c r="H55" s="12"/>
     </row>
     <row r="56" spans="1:8" ht="31" x14ac:dyDescent="0.35">
       <c r="A56" s="13" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B56" s="14" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="C56" s="14" t="s">
         <v>14</v>
       </c>
       <c r="D56" s="28"/>
       <c r="E56" s="18">
         <f>D56*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H56" s="12"/>
     </row>
-    <row r="57" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:8" ht="31" x14ac:dyDescent="0.35">
       <c r="A57" s="13" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B57" s="14" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>42</v>
+      </c>
+      <c r="C57" s="14" t="s">
+        <v>14</v>
       </c>
       <c r="D57" s="28"/>
       <c r="E57" s="18">
-        <f>IF(D57="yes",30,0)</f>
+        <f>D57*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H57" s="12"/>
     </row>
-    <row r="58" spans="1:8" ht="31" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A58" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B58" s="14" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>60</v>
+      </c>
+      <c r="C58" s="15" t="s">
+        <v>62</v>
       </c>
       <c r="D58" s="28"/>
       <c r="E58" s="18">
-        <f>D58*(10/8)</f>
+        <f>IF(D58="yes",30,0)</f>
         <v>0</v>
       </c>
       <c r="H58" s="12"/>
     </row>
     <row r="59" spans="1:8" ht="31" x14ac:dyDescent="0.35">
       <c r="A59" s="13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B59" s="14" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="C59" s="14" t="s">
         <v>14</v>
       </c>
       <c r="D59" s="28"/>
       <c r="E59" s="18">
         <f>D59*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H59" s="12"/>
     </row>
-    <row r="60" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:8" ht="31" x14ac:dyDescent="0.35">
       <c r="A60" s="13" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="B60" s="14" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>42</v>
+      </c>
+      <c r="C60" s="14" t="s">
+        <v>14</v>
       </c>
       <c r="D60" s="28"/>
       <c r="E60" s="18">
-        <f>IF(D60="yes",30,0)</f>
+        <f>D60*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H60" s="12"/>
     </row>
-    <row r="61" spans="1:8" ht="31" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A61" s="13" t="s">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="B61" s="14" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>60</v>
+      </c>
+      <c r="C61" s="15" t="s">
+        <v>62</v>
       </c>
       <c r="D61" s="28"/>
       <c r="E61" s="18">
-        <f>D61*(10/8)</f>
+        <f>IF(D61="yes",30,0)</f>
         <v>0</v>
       </c>
       <c r="H61" s="12"/>
     </row>
-    <row r="62" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:8" ht="31" x14ac:dyDescent="0.35">
       <c r="A62" s="13" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B62" s="14" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>43</v>
+      </c>
+      <c r="C62" s="14" t="s">
+        <v>14</v>
       </c>
       <c r="D62" s="28"/>
       <c r="E62" s="18">
-        <f>IF(D62="yes",30,0)</f>
+        <f>D62*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H62" s="12"/>
     </row>
     <row r="63" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A63" s="13" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="B63" s="14" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>60</v>
+      </c>
+      <c r="C63" s="15" t="s">
+        <v>62</v>
       </c>
       <c r="D63" s="28"/>
       <c r="E63" s="18">
-        <f>D63*30</f>
+        <f>IF(D63="yes",30,0)</f>
         <v>0</v>
       </c>
       <c r="H63" s="12"/>
     </row>
     <row r="64" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A64" s="13" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="B64" s="14" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>114</v>
+      </c>
+      <c r="C64" s="14" t="s">
+        <v>115</v>
       </c>
       <c r="D64" s="28"/>
       <c r="E64" s="18">
-        <f>IF(D64="yes",30,0)</f>
+        <f>D64*30</f>
         <v>0</v>
       </c>
       <c r="H64" s="12"/>
     </row>
     <row r="65" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A65" s="13" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B65" s="14" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>60</v>
+      </c>
+      <c r="C65" s="15" t="s">
+        <v>62</v>
       </c>
       <c r="D65" s="28"/>
       <c r="E65" s="18">
-        <f>D65*(10/8)</f>
+        <f>IF(D65="yes",30,0)</f>
         <v>0</v>
       </c>
       <c r="H65" s="12"/>
     </row>
     <row r="66" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A66" s="13" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B66" s="14" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>42</v>
+      </c>
+      <c r="C66" s="14" t="s">
+        <v>14</v>
       </c>
       <c r="D66" s="28"/>
       <c r="E66" s="18">
-        <f>IF(D66="yes",30,0)</f>
+        <f>D66*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H66" s="12"/>
     </row>
-    <row r="67" spans="1:8" ht="31" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A67" s="13" t="s">
-        <v>19</v>
+        <v>130</v>
       </c>
       <c r="B67" s="14" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="D67" s="28"/>
       <c r="E67" s="18">
         <f>IF(D67="yes",30,0)</f>
         <v>0</v>
       </c>
       <c r="H67" s="12"/>
     </row>
     <row r="68" spans="1:8" ht="31" x14ac:dyDescent="0.35">
       <c r="A68" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B68" s="14" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D68" s="28"/>
       <c r="E68" s="18">
-        <f>IF(D68="yes",20,0)</f>
+        <f>IF(D68="yes",30,0)</f>
         <v>0</v>
       </c>
       <c r="H68" s="12"/>
     </row>
     <row r="69" spans="1:8" ht="31" x14ac:dyDescent="0.35">
       <c r="A69" s="13" t="s">
-        <v>131</v>
+        <v>19</v>
       </c>
       <c r="B69" s="14" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>41</v>
+      </c>
+      <c r="C69" s="15" t="s">
+        <v>30</v>
       </c>
       <c r="D69" s="28"/>
       <c r="E69" s="18">
-        <f>D69*(10/8)</f>
+        <f>IF(D69="yes",20,0)</f>
         <v>0</v>
       </c>
       <c r="H69" s="12"/>
     </row>
-    <row r="70" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:8" ht="31" x14ac:dyDescent="0.35">
       <c r="A70" s="13" t="s">
-        <v>83</v>
+        <v>131</v>
       </c>
       <c r="B70" s="14" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>43</v>
+      </c>
+      <c r="C70" s="14" t="s">
+        <v>14</v>
       </c>
       <c r="D70" s="28"/>
       <c r="E70" s="18">
-        <f>IF(D70="yes",30,0)</f>
+        <f>D70*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H70" s="12"/>
     </row>
     <row r="71" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A71" s="13" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="B71" s="14" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>60</v>
+      </c>
+      <c r="C71" s="15" t="s">
+        <v>62</v>
       </c>
       <c r="D71" s="28"/>
-      <c r="E71" s="17">
-        <f>D71*(75/26)</f>
+      <c r="E71" s="18">
+        <f>IF(D71="yes",30,0)</f>
         <v>0</v>
       </c>
       <c r="H71" s="12"/>
     </row>
     <row r="72" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A72" s="13" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="B72" s="14" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C72" s="14" t="s">
         <v>7</v>
       </c>
       <c r="D72" s="28"/>
       <c r="E72" s="17">
-        <f>D72*(90/26)</f>
+        <f>D72*(75/26)</f>
         <v>0</v>
       </c>
       <c r="H72" s="12"/>
     </row>
     <row r="73" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A73" s="13" t="s">
-        <v>132</v>
+        <v>104</v>
       </c>
       <c r="B73" s="14" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="C73" s="14" t="s">
         <v>7</v>
       </c>
       <c r="D73" s="28"/>
-      <c r="E73" s="18">
-        <f>D73*(10/2)</f>
+      <c r="E73" s="17">
+        <f>D73*(90/26)</f>
         <v>0</v>
       </c>
       <c r="H73" s="12"/>
     </row>
     <row r="74" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A74" s="13" t="s">
-        <v>80</v>
+        <v>132</v>
       </c>
       <c r="B74" s="14" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C74" s="14" t="s">
         <v>7</v>
       </c>
       <c r="D74" s="28"/>
       <c r="E74" s="18">
-        <f>D74*(15/2)</f>
+        <f>D74*(10/2)</f>
         <v>0</v>
       </c>
       <c r="H74" s="12"/>
     </row>
-    <row r="75" spans="1:8" ht="62" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A75" s="13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B75" s="14" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="C75" s="14" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D75" s="28"/>
       <c r="E75" s="18">
-        <f>D75*(10/8)</f>
+        <f>D75*(15/2)</f>
         <v>0</v>
       </c>
       <c r="H75" s="12"/>
     </row>
-    <row r="76" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:8" ht="62" x14ac:dyDescent="0.35">
       <c r="A76" s="13" t="s">
-        <v>105</v>
+        <v>79</v>
       </c>
       <c r="B76" s="14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C76" s="14" t="s">
         <v>14</v>
       </c>
       <c r="D76" s="28"/>
       <c r="E76" s="18">
-        <f>D76*(15/8)</f>
+        <f>D76*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H76" s="12"/>
     </row>
-    <row r="77" spans="1:8" ht="62" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A77" s="13" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="B77" s="14" t="s">
-        <v>90</v>
+        <v>38</v>
       </c>
       <c r="C77" s="14" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="D77" s="28"/>
       <c r="E77" s="18">
-        <f>D77*(10/500)</f>
+        <f>D77*(15/8)</f>
         <v>0</v>
       </c>
       <c r="H77" s="12"/>
     </row>
-    <row r="78" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:8" ht="62" x14ac:dyDescent="0.35">
       <c r="A78" s="13" t="s">
-        <v>78</v>
+        <v>111</v>
       </c>
       <c r="B78" s="14" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>90</v>
+      </c>
+      <c r="C78" s="14" t="s">
+        <v>56</v>
       </c>
       <c r="D78" s="28"/>
       <c r="E78" s="18">
-        <f>IF(D78="yes",30,0)</f>
+        <f>D78*(10/500)</f>
         <v>0</v>
       </c>
       <c r="H78" s="12"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B79" s="50" t="s">
+    <row r="79" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="B79" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="C79" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D79" s="28"/>
+      <c r="E79" s="18">
+        <f>IF(D79="yes",30,0)</f>
+        <v>0</v>
+      </c>
+      <c r="H79" s="12"/>
+    </row>
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A80" s="47"/>
+      <c r="B80" s="50" t="s">
         <v>133</v>
       </c>
-      <c r="C79" s="48"/>
-[...18 lines deleted...]
-      </c>
+      <c r="C80" s="48"/>
+      <c r="D80" s="49"/>
+      <c r="E80" s="44"/>
       <c r="H80" s="12"/>
     </row>
     <row r="81" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A81" s="37" t="s">
+        <v>134</v>
+      </c>
+      <c r="B81" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="C81" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D81" s="28"/>
+      <c r="E81" s="18">
+        <f>IF(D81="yes",30,0)</f>
+        <v>0</v>
+      </c>
+      <c r="H81" s="12"/>
+    </row>
+    <row r="82" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+      <c r="A82" s="37" t="s">
         <v>101</v>
       </c>
-      <c r="B81" s="38" t="s">
+      <c r="B82" s="38" t="s">
         <v>43</v>
       </c>
-      <c r="C81" s="38" t="s">
+      <c r="C82" s="38" t="s">
         <v>14</v>
       </c>
-      <c r="D81" s="39"/>
-[...18 lines deleted...]
-        <f t="shared" ref="E82:E86" si="1">D82*(10/8)</f>
+      <c r="D82" s="39"/>
+      <c r="E82" s="46">
+        <f t="shared" ref="E82" si="0">D82*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H82" s="12"/>
     </row>
     <row r="83" spans="1:8" ht="57" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A83" s="13" t="s">
-        <v>102</v>
+        <v>66</v>
       </c>
       <c r="B83" s="14" t="s">
         <v>43</v>
       </c>
       <c r="C83" s="14" t="s">
         <v>14</v>
       </c>
       <c r="D83" s="28"/>
       <c r="E83" s="18">
-        <f>D83*(10/8)</f>
+        <f t="shared" ref="E83:E87" si="1">D83*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H83" s="12"/>
     </row>
-    <row r="84" spans="1:8" ht="62" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:8" ht="57" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A84" s="13" t="s">
-        <v>67</v>
+        <v>102</v>
       </c>
       <c r="B84" s="14" t="s">
         <v>43</v>
       </c>
       <c r="C84" s="14" t="s">
         <v>14</v>
       </c>
       <c r="D84" s="28"/>
       <c r="E84" s="18">
         <f>D84*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H84" s="12"/>
     </row>
-    <row r="85" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:8" ht="62" x14ac:dyDescent="0.35">
       <c r="A85" s="13" t="s">
-        <v>84</v>
+        <v>67</v>
       </c>
       <c r="B85" s="14" t="s">
         <v>43</v>
       </c>
       <c r="C85" s="14" t="s">
         <v>14</v>
       </c>
       <c r="D85" s="28"/>
       <c r="E85" s="18">
-        <f t="shared" si="1"/>
+        <f>D85*(10/8)</f>
         <v>0</v>
       </c>
       <c r="H85" s="12"/>
     </row>
-    <row r="86" spans="1:8" ht="77.5" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C86" s="34" t="s">
+    <row r="86" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+      <c r="A86" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B86" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="C86" s="14" t="s">
         <v>14</v>
       </c>
-      <c r="D86" s="35"/>
+      <c r="D86" s="28"/>
       <c r="E86" s="18">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D87" s="28"/>
+      <c r="H86" s="12"/>
+    </row>
+    <row r="87" spans="1:8" ht="77.5" x14ac:dyDescent="0.35">
+      <c r="A87" s="33" t="s">
+        <v>103</v>
+      </c>
+      <c r="B87" s="34" t="s">
+        <v>44</v>
+      </c>
+      <c r="C87" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="D87" s="35"/>
       <c r="E87" s="18">
-        <f>IF(D87="yes",30,0)</f>
-[...2 lines deleted...]
-      <c r="H87" s="12"/>
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
     </row>
     <row r="88" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A88" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="B88" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="C88" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D88" s="28"/>
+      <c r="E88" s="18">
+        <f>IF(D88="yes",30,0)</f>
+        <v>0</v>
+      </c>
+      <c r="H88" s="12"/>
+    </row>
+    <row r="89" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="13" t="s">
         <v>68</v>
       </c>
-      <c r="B88" s="14" t="s">
+      <c r="B89" s="14" t="s">
         <v>43</v>
       </c>
-      <c r="C88" s="14" t="s">
-[...16 lines deleted...]
-      <c r="C89" s="34" t="s">
+      <c r="C89" s="14" t="s">
         <v>14</v>
       </c>
       <c r="D89" s="35"/>
       <c r="E89" s="18">
         <f>D89*(10/8)</f>
         <v>0</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C90" s="1" t="s">
+      <c r="H89" s="12"/>
+    </row>
+    <row r="90" spans="1:8" ht="46.5" x14ac:dyDescent="0.35">
+      <c r="A90" s="45" t="s">
+        <v>85</v>
+      </c>
+      <c r="B90" s="34" t="s">
+        <v>44</v>
+      </c>
+      <c r="C90" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="D90" s="35"/>
+      <c r="E90" s="18">
+        <f>D90*(10/8)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A91" s="52"/>
+      <c r="B91" s="51"/>
+      <c r="C91" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="D90" s="1"/>
-[...6 lines deleted...]
-      <c r="C91" s="20" t="s">
+      <c r="D91" s="1"/>
+      <c r="E91" s="19">
+        <f>SUM(E17:E90)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="C92" s="20" t="s">
         <v>26</v>
       </c>
-      <c r="D91" s="1"/>
-      <c r="E91" s="6">
+      <c r="D92" s="1"/>
+      <c r="E92" s="6">
         <f>B6</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D44 D87 D31:D32 D39 D41:D42 D52 D57 D60:D64 D78:D80 D66:D70 D54" xr:uid="{00000000-0002-0000-0100-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D44 D88 D31:D32 D39 D41:D42 D52:D53 D58 D61:D65 D79:D81 D67:D71 D55" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"yes,no"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="E87 E68 E43 E57" formula="1"/>
+    <ignoredError sqref="E88 E69 E43 E58" formula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>