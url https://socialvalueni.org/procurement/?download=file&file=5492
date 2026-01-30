--- v0 (2025-10-09)
+++ v1 (2026-01-30)
@@ -6,60 +6,60 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sib-mccannj\Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{73950CCE-6D69-4249-8E5F-7C755E986DF2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D548E4E5-C823-4129-8D43-01DC95031D60}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-90" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Declaration" sheetId="1" r:id="rId1"/>
     <sheet name="Delivery Plan" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -1068,85 +1068,71 @@
             <a:rPr lang="en-US" sz="1200" b="1" u="sng">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:rPr>
             <a:t>:</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1200" b="1" u="sng">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:rPr>
             <a:t>- Insert Schedule Number within cell highlighted in green</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1200" b="1" u="sng">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>- Include</a:t>
+            <a:t>- If</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1200" b="1" u="sng" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:rPr>
-            <a:t> any minimum mandatory requirements here if included within Social Value Schedule</a:t>
-[...13 lines deleted...]
-            <a:t>- Include</a:t>
+            <a:t> you wish to add mandatory, minimum or maximum requirements</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1200" b="1" u="sng" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t> any maximum points targets if included out within Social Value Schedule</a:t>
+            <a:t> for social value points get in touch with the Social Value Unit for model text documents</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1200" b="1" u="sng" baseline="0">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1200" b="1" i="1" u="sng" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>(Remove this text box prior to publication of tender documents)</a:t>
@@ -1506,51 +1492,51 @@
         <v>4</v>
       </c>
       <c r="B11" s="30"/>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A12" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="30"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J65"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A54" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="D62" sqref="D62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="43.1796875" style="5" customWidth="1"/>
     <col min="2" max="2" width="29.1796875" style="5" customWidth="1"/>
     <col min="3" max="3" width="35.1796875" style="5" customWidth="1"/>
     <col min="4" max="4" width="46" style="5" customWidth="1"/>
     <col min="5" max="5" width="13.81640625" style="5" customWidth="1"/>
     <col min="6" max="6" width="4.1796875" style="5" customWidth="1"/>
     <col min="7" max="7" width="31" style="5" customWidth="1"/>
     <col min="8" max="8" width="9.453125" style="5" customWidth="1"/>
     <col min="9" max="10" width="9.1796875" style="5"/>
     <col min="11" max="11" width="40.453125" style="5" customWidth="1"/>
     <col min="12" max="16384" width="9.1796875" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="34.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="37" t="s">
         <v>35</v>
       </c>
       <c r="B1" s="37"/>
       <c r="C1" s="37"/>
       <c r="D1" s="37"/>