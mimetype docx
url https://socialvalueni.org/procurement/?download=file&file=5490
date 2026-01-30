--- v0 (2025-10-09)
+++ v1 (2026-01-30)
@@ -238,219 +238,319 @@
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="007C6105" w:rsidRPr="0070786C">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00111172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0967B481" wp14:editId="51FB461D">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0967B481" wp14:editId="397A934E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-76200</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>50165</wp:posOffset>
+                  <wp:posOffset>46990</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4733925" cy="733425"/>
-                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:extent cx="4733925" cy="2457450"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="217" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4733925" cy="733425"/>
+                          <a:ext cx="4733925" cy="2457450"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5A4DB41A" w14:textId="77777777" w:rsidR="00690A6A" w:rsidRPr="002C3682" w:rsidRDefault="00690A6A" w:rsidP="00690A6A">
+                          <w:p w14:paraId="5A4DB41A" w14:textId="77777777" w:rsidR="00690A6A" w:rsidRDefault="00690A6A" w:rsidP="00690A6A">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:highlight w:val="yellow"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:highlight w:val="yellow"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve">SOCIAL VALUE REQUIREMENTS SHOULD BE TAILORED </w:t>
                             </w:r>
                             <w:r w:rsidRPr="002C3682">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:highlight w:val="yellow"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>FOR EACH CONTRACT</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="00223A07" w14:textId="77777777" w:rsidR="00690A6A" w:rsidRPr="002C3682" w:rsidRDefault="00690A6A" w:rsidP="00690A6A">
+                          <w:p w14:paraId="72CE330D" w14:textId="2FF6115B" w:rsidR="00562DB8" w:rsidRDefault="00562DB8" w:rsidP="00690A6A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:highlight w:val="yellow"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:highlight w:val="yellow"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">IF YOU WISH TO SET </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00735CD5">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:highlight w:val="yellow"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">MANDATORY, </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:highlight w:val="yellow"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">MINUMUM OR MAXIMUM REQUIREMENTS FOR SOCIAL VALUE POINTS, PLEASE GET IN TOUCH WITH THE SOCIAL VALUE UNIT FOR MODEL TEXT DOCUMENTS. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="00223A07" w14:textId="62529322" w:rsidR="00690A6A" w:rsidRPr="002C3682" w:rsidRDefault="00690A6A" w:rsidP="00690A6A">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002C3682">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:highlight w:val="yellow"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>REMOVE THIS TEXT BOX AND ALL COMMENTS PRIOR TO PUBLICATION</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00562DB8">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="0967B481" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-6pt;margin-top:3.95pt;width:372.75pt;height:57.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCI2+jMDAIAAB8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk7Ux4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7ry8lu2l2wR6G6UEgReqQPCTX131r2FGh12ALPptMOVNWQqXtvuBfv+xe&#10;XXHmg7CVMGBVwR+U59ebly/WncvVHBowlUJGINbnnSt4E4LLs8zLRrXCT8ApS8YasBWBVNxnFYqO&#10;0FuTzafT11kHWDkEqbyn19vByDcJv66VDJ/q2qvATMEpt5BuTHcZ72yzFvkehWu0HNMQ/5BFK7Sl&#10;oCeoWxEEO6D+DarVEsFDHSYS2gzqWkuVaqBqZtNfqrlvhFOpFiLHuxNN/v/Byo/He/cZWejfQE8N&#10;TEV4dwfym2cWto2we3WDCF2jREWBZ5GyrHM+H79Gqn3uI0jZfYCKmiwOARJQX2MbWaE6GaFTAx5O&#10;pKs+MEmPi8uLi9V8yZkkG8kLkmMIkT/9dujDOwUti0LBkZqa0MXxzofB9cklBvNgdLXTxiQF9+XW&#10;IDsKGoBdOiP6T27Gsq7gqyXF/jvENJ0/QbQ60CQb3Rb86uQk8kjbW1ulOQtCm0Gm6owdeYzUDSSG&#10;vuzJMfJZQvVAjCIME0sbRkID+IOzjqa14P77QaDizLy31JXVbLGI452UxfJyTgqeW8pzi7CSoAoe&#10;OBvEbUgrEUu3cEPdq3Ui9jmTMVeawtSacWPimJ/ryet5rzePAAAA//8DAFBLAwQUAAYACAAAACEA&#10;F57eiuAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFDrNClNG+JUCAkE&#10;NygIrm6yTSLsdbDdNPw9ywmOoxnNvCm3kzViRB96RwoW8wQEUu2anloFb6/3szWIEDU12jhCBd8Y&#10;YFudn5W6aNyJXnDcxVZwCYVCK+hiHAopQ92h1WHuBiT2Ds5bHVn6VjZen7jcGpkmyUpa3RMvdHrA&#10;uw7rz93RKlgvH8eP8JQ9v9erg9nEq3x8+PJKXV5MtzcgIk7xLwy/+IwOFTPt3ZGaIIyC2SLlL1FB&#10;vgHBfp5l1yD2HEyzJciqlP8fVD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAiNvozAwC&#10;AAAfBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF57e&#10;iuAAAAAJAQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-6pt;margin-top:3.7pt;width:372.75pt;height:193.5pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5DxEADwIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C812s7dhOvvI5Sp64q&#10;pRcp7QfMsqwXFRgK2Lvp12fAjmOlVR+q8oAYZjicOTOzvB6MZnvpg0Jb8clozJm0AhtltxX//m3z&#10;5oqzEME2oNHKij/IwK9Xr18te1fKKXaoG+kZgdhQ9q7iXYyuLIogOmkgjNBJS84WvYFIpt8WjYee&#10;0I0upuPx26JH3ziPQoZAt7cHJ19l/LaVIn5p2yAj0xUnbjHvPu912ovVEsqtB9cpcaQB/8DCgLL0&#10;6QnqFiKwnVe/QRklPAZs40igKbBtlZA5B8pmMn6RzX0HTuZcSJzgTjKF/wcrPu/v3VfP4vAOBypg&#10;TiK4OxQ/ArO47sBu5Y332HcSGvp4kiQrehfK49MkdShDAqn7T9hQkWEXMQMNrTdJFcqTEToV4OEk&#10;uhwiE3Q5u7y4WEznnAnyTWfzy9k8l6WA8um58yF+kGhYOlTcU1UzPOzvQkx0oHwKSb8F1KrZKK2z&#10;4bf1Wnu2B+qATV45gxdh2rK+4os5Efk7xDivP0EYFamVtTIVvzoFQZl0e2+b3GgRlD6cibK2RyGT&#10;dgcV41APFJgErbF5IEk9HlqWRowOHfpfnPXUrhUPP3fgJWf6o6WyLCazWervbJCIUzL8uac+94AV&#10;BFXxyNnhuI55JlLqFm+ofK3Kwj4zOXKlNsx6H0cm9fm5naOeB3v1CAAA//8DAFBLAwQUAAYACAAA&#10;ACEAT5YjKeAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFDrtAlNG7Kp&#10;EBIIblAQXN14m0TE62C7afh7zAmOoxnNvCm3k+nFSM53lhEW8wQEcW11xw3C2+v9bA3CB8Va9ZYJ&#10;4Zs8bKvzs1IV2p74hcZdaEQsYV8ohDaEoZDS1y0Z5ed2II7ewTqjQpSukdqpUyw3vVwmyUoa1XFc&#10;aNVAdy3Vn7ujQVhnj+OHf0qf3+vVod+Eq3x8+HKIlxfT7Q2IQFP4C8MvfkSHKjLt7ZG1Fz3CbLGM&#10;XwJCnoGIfp6m1yD2COkmy0BWpfz/oPoBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuQ8R&#10;AA8CAAAgBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;T5YjKeAAAAAJAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="5A4DB41A" w14:textId="77777777" w:rsidR="00690A6A" w:rsidRPr="002C3682" w:rsidRDefault="00690A6A" w:rsidP="00690A6A">
+                    <w:p w14:paraId="5A4DB41A" w14:textId="77777777" w:rsidR="00690A6A" w:rsidRDefault="00690A6A" w:rsidP="00690A6A">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:highlight w:val="yellow"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:highlight w:val="yellow"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve">SOCIAL VALUE REQUIREMENTS SHOULD BE TAILORED </w:t>
                       </w:r>
                       <w:r w:rsidRPr="002C3682">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:highlight w:val="yellow"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>FOR EACH CONTRACT</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="00223A07" w14:textId="77777777" w:rsidR="00690A6A" w:rsidRPr="002C3682" w:rsidRDefault="00690A6A" w:rsidP="00690A6A">
+                    <w:p w14:paraId="72CE330D" w14:textId="2FF6115B" w:rsidR="00562DB8" w:rsidRDefault="00562DB8" w:rsidP="00690A6A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:highlight w:val="yellow"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:highlight w:val="yellow"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">IF YOU WISH TO SET </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00735CD5">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:highlight w:val="yellow"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">MANDATORY, </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:highlight w:val="yellow"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">MINUMUM OR MAXIMUM REQUIREMENTS FOR SOCIAL VALUE POINTS, PLEASE GET IN TOUCH WITH THE SOCIAL VALUE UNIT FOR MODEL TEXT DOCUMENTS. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="00223A07" w14:textId="62529322" w:rsidR="00690A6A" w:rsidRPr="002C3682" w:rsidRDefault="00690A6A" w:rsidP="00690A6A">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002C3682">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:highlight w:val="yellow"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>REMOVE THIS TEXT BOX AND ALL COMMENTS PRIOR TO PUBLICATION</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00562DB8">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F685521" w14:textId="77777777" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="007C6105">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8930,106 +9030,134 @@
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CCC33BF" w14:textId="429C50A2" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="00755C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="22"/>
-      <w:r w:rsidRPr="0070786C">
-[...5 lines deleted...]
-        <w:t>people who have a disability</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>people</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who have a disability</w:t>
       </w:r>
       <w:commentRangeEnd w:id="22"/>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="22"/>
       </w:r>
       <w:r w:rsidR="00851635">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and are seeking employment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00EA05ED" w14:textId="0EC43794" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="00755C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>people who are located in deprived</w:t>
+        <w:t xml:space="preserve">people who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are located in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deprived</w:t>
       </w:r>
       <w:r w:rsidR="00C770F2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> areas and are seeking employment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CF1F8EA" w14:textId="77777777" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="00755C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
@@ -9153,57 +9281,59 @@
         <w:t>Each employment opportunity can be counted towards the Social Value Points target for up to 52 person weeks</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, where the definition of a person-week is the equivalent of one person working for 5 days.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46461BD4" w14:textId="02EC3095" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="007C6105">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Each employment vacancy must be notified to </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E02A3B" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>JobApplyNI</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="005D10EA" w:rsidRPr="0070786C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.jobapplyni.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) and one or more organisations registered on the Social Value Unit website (</w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
@@ -9280,104 +9410,142 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">provided with the opportunity to </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>obtain training and accreditation relevant to the tasks they are expected to perform;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">obtain training and accreditation relevant to the tasks they are expected to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>perform;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="1ADEACB7" w14:textId="3A107A14" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="00755C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">asked if they would like to receive support with numeracy, literacy and information technology, and those that do must be signposted to sources of training and accreditation for these Essential Skills; </w:t>
+        <w:t xml:space="preserve">asked if they would like to receive support with numeracy, literacy and information technology, and those that do must be signposted to sources of training and accreditation for these Essential </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Skills;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B94A159" w14:textId="252822B8" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="00755C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>supported in undertaking training e.g. through flexible working arrangements, where practicable</w:t>
+        <w:t xml:space="preserve">supported in undertaking training e.g. through flexible working arrangements, where </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>practicable</w:t>
       </w:r>
       <w:r w:rsidR="000716DC" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="154D1D1D" w14:textId="0FC8A1F9" w:rsidR="0080586B" w:rsidRPr="0070786C" w:rsidRDefault="0080586B" w:rsidP="0080586B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>supported in developing soft skills relevant to the workplace (e.g. communication, teamworking, time management, problem-solving etc.)</w:t>
       </w:r>
       <w:r w:rsidR="000716DC" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -9471,94 +9639,148 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">people who </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>face barriers to employment and/or who are located in deprived area</w:t>
+        <w:t xml:space="preserve">face barriers to employment and/or who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>are located in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deprived area</w:t>
       </w:r>
       <w:r w:rsidR="005D10EA" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. This can include for example, people who are long-term </w:t>
+        <w:t xml:space="preserve">. This can </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for example, people who are long-term </w:t>
       </w:r>
       <w:commentRangeStart w:id="23"/>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>unemployed</w:t>
       </w:r>
       <w:commentRangeEnd w:id="23"/>
       <w:r w:rsidRPr="00D32778">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="23"/>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, people who are located in deprived areas</w:t>
+        <w:t xml:space="preserve">, people who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are located in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deprived areas</w:t>
       </w:r>
       <w:r w:rsidR="00C770F2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:commentRangeStart w:id="24"/>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -9864,51 +10086,123 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or organisation within the Voluntary, Community and Social Enterprise sector to aid the career development of:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78CA3531" w14:textId="378AC6B6" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="00755C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">people who are considered to be disadvantaged in the labour market or at risk of social exclusion. This can include for example, people who are long-term unemployed, people who are located in deprived areas, </w:t>
+        <w:t xml:space="preserve">people who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are considered to be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disadvantaged in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>labour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> market or at risk of social exclusion. This can </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for example, people who are long-term unemployed, people who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are located in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deprived areas, </w:t>
       </w:r>
       <w:commentRangeStart w:id="25"/>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">people who have a </w:t>
       </w:r>
       <w:r w:rsidRPr="00D32778">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>disability</w:t>
       </w:r>
       <w:r w:rsidR="00851635">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
@@ -9920,51 +10214,69 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeEnd w:id="25"/>
       <w:r w:rsidRPr="00D32778">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:commentReference w:id="25"/>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">and people who are underrepresented in the contracts workforce. </w:t>
+        <w:t xml:space="preserve">and people who are underrepresented in the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>contracts</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> workforce. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00679928" w14:textId="77777777" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="00755C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">people who meet the Contracting Authority’s priority groups, as set out at </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
@@ -10089,51 +10401,67 @@
         <w:t>In-work progression and skills development</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for employees who are disadvantaged </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1CCD04" w14:textId="77777777" w:rsidR="00C5392F" w:rsidRPr="0070786C" w:rsidRDefault="00C5392F" w:rsidP="00C5392F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The New Decade, New Approach Deal emphasised the importance of access to good jobs, where workers have a voice that provides a level of autonomy, a decent income, security of tenure, satisfying work in the right quantities and decent working conditions. The Skills Strategy for Northern Ireland (Skills for a 10x Economy) sets out the importance of tackling social and educational inequality, ensuring appropriate pathways are in place to enable all our citizens to reach their potential, benefitting from and contributing to a stronger, more prosperous, more resilient Northern Ireland.  Creating good jobs and protecting workers’ rights impacts upon better health and wellbeing by tackling inequalities, building self-efficacy and combating poverty and also helps employers to attract and retain the talent they need to grow and thrive.</w:t>
+        <w:t xml:space="preserve">The New Decade, New Approach Deal emphasised the importance of access to good jobs, where workers have a voice that provides a level of autonomy, a decent income, security of tenure, satisfying work in the right quantities and decent working conditions. The Skills Strategy for Northern Ireland (Skills for a 10x Economy) sets out the importance of tackling social and educational inequality, ensuring appropriate pathways are in place to enable all our citizens to reach their potential, benefitting from and contributing to a stronger, more prosperous, more resilient Northern Ireland.  Creating good jobs and protecting workers’ rights impacts upon better health and wellbeing by tackling inequalities, building self-efficacy and combating poverty </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and also</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> helps employers to attract and retain the talent they need to grow and thrive.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04F21043" w14:textId="0F53A5A8" w:rsidR="00C5392F" w:rsidRPr="0070786C" w:rsidRDefault="00C5392F" w:rsidP="00C5392F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Supplier will develop, implement and maintain a</w:t>
       </w:r>
       <w:r w:rsidR="00996ED3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
@@ -10317,74 +10645,99 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Promote and encourage employees who are disadvantaged to access training schemes that address skills gaps, result in recognised qualifications and contribute to career progression.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27A88640" w14:textId="77777777" w:rsidR="00C5392F" w:rsidRPr="0070786C" w:rsidRDefault="00C5392F" w:rsidP="00C5392F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Provide opportunities for progression for those who are disadvantaged and support employees who are undertaking skills development or management courses;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Provide opportunities for progression for those who are disadvantaged and support employees who are undertaking skills development or management </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>courses;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="073314E7" w14:textId="77777777" w:rsidR="00C5392F" w:rsidRPr="0070786C" w:rsidRDefault="00C5392F" w:rsidP="00C5392F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Stimulate career development, particularly for those who are considered to be disadvantaged.</w:t>
+        <w:t xml:space="preserve">Stimulate career development, particularly for those who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are considered to be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disadvantaged.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB5989D" w14:textId="77777777" w:rsidR="00C5392F" w:rsidRPr="0070786C" w:rsidRDefault="00C5392F" w:rsidP="00C5392F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Mentoring support for those who face barriers to employment so that they are supported to remain in the workforce.</w:t>
       </w:r>
@@ -10410,58 +10763,78 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The Action Plan must identify:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2380874B" w14:textId="77777777" w:rsidR="00C5392F" w:rsidRPr="0070786C" w:rsidRDefault="00C5392F" w:rsidP="00C5392F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0070786C">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the specific</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in-work progression and skills development initiatives that will be delivered including any relevant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>targets;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="14D31606" w14:textId="77777777" w:rsidR="00C5392F" w:rsidRPr="0070786C" w:rsidRDefault="00C5392F" w:rsidP="00C5392F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>timeframe for each initiative; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0100AC7D" w14:textId="77777777" w:rsidR="00C5392F" w:rsidRPr="0070786C" w:rsidRDefault="00C5392F" w:rsidP="00C5392F">
@@ -10853,106 +11226,134 @@
       </w:r>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="11FA67AC" w14:textId="20FC80DA" w:rsidR="005B78E8" w:rsidRPr="00E153E6" w:rsidRDefault="005B78E8" w:rsidP="005B78E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="27"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>people who have a disability</w:t>
+        <w:t>people</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E153E6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who have a disability</w:t>
       </w:r>
       <w:commentRangeEnd w:id="27"/>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="27"/>
       </w:r>
       <w:r w:rsidR="00851635">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and are seeking employment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E67F931" w14:textId="77777777" w:rsidR="005B78E8" w:rsidRPr="00E153E6" w:rsidRDefault="005B78E8" w:rsidP="005B78E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>people who are located in deprived</w:t>
+        <w:t xml:space="preserve">people who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E153E6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are located in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E153E6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deprived</w:t>
       </w:r>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> areas and are seeking employment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05CFA020" w14:textId="77777777" w:rsidR="005B78E8" w:rsidRPr="00E153E6" w:rsidRDefault="005B78E8" w:rsidP="005B78E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
@@ -11141,51 +11542,67 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Each employment opportunity can be counted towards the Social Value Points target for up to 52 person weeks</w:t>
       </w:r>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, where the definition of a person-week is the equivalent of one person working for 5 days.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09B0EDFA" w14:textId="77777777" w:rsidR="005B78E8" w:rsidRPr="00E153E6" w:rsidRDefault="005B78E8" w:rsidP="005B78E8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Each employment vacancy must be notified to JobApplyNI (</w:t>
+        <w:t xml:space="preserve">Each employment vacancy must be notified to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E153E6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>JobApplyNI</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E153E6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00E153E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.jobapplyni.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) and one or more organisations registered on the Social Value Unit website (</w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00E153E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
@@ -11260,51 +11677,69 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">people who </w:t>
       </w:r>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>face barriers to employment and/or who are located in deprived areas</w:t>
+        <w:t xml:space="preserve">face barriers to employment and/or who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E153E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>are located in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E153E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deprived areas</w:t>
       </w:r>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. This can include for example, people who are long-term </w:t>
       </w:r>
       <w:commentRangeStart w:id="28"/>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>unemployed</w:t>
       </w:r>
       <w:commentRangeEnd w:id="28"/>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11639,51 +12074,87 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>skills development and educational attainment support in areas related to the contract to an education provider or organisation within the Voluntary, Community and Social Enterprise sector to aid the career development of:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7040BC7E" w14:textId="588A16BA" w:rsidR="005B78E8" w:rsidRPr="00E153E6" w:rsidRDefault="005B78E8" w:rsidP="005B78E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>people who are considered to be disadvantaged in the labour market or at risk of social exclusion. This can include for example, people who are long-term unemployed, people who are located in deprived areas,</w:t>
+        <w:t xml:space="preserve">people who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E153E6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are considered to be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E153E6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disadvantaged in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E153E6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>labour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E153E6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> market or at risk of social exclusion. This can include for example, people who are long-term unemployed, people who are located in deprived areas,</w:t>
       </w:r>
       <w:r w:rsidR="004500BB" w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> people who </w:t>
       </w:r>
       <w:r w:rsidR="004500BB" w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">have </w:t>
       </w:r>
       <w:r w:rsidR="00B0431D" w:rsidRPr="00E153E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">skills and </w:t>
       </w:r>
       <w:r w:rsidR="004500BB" w:rsidRPr="00E153E6">
         <w:rPr>
@@ -11966,69 +12437,101 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as focusing on</w:t>
       </w:r>
       <w:r w:rsidRPr="004500BB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> developing a low carbon, skilled workforce with more people working in jobs that contribute to </w:t>
       </w:r>
       <w:r w:rsidRPr="004500BB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">climate action and a clean environment. </w:t>
       </w:r>
       <w:r w:rsidR="00F15C25" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The New Decade, New Approach Deal emphasised the importance of access to good jobs, where workers have a voice that provides a level of autonomy, a decent income, security of tenure, satisfying work in the right quantities and decent working conditions. The Skills Strategy for Northern Ireland (Skills for a 10x Economy) sets out the importance of tackling social and educational inequality, ensuring appropriate pathways are in place to enable all our citizens to reach their potential, benefitting from and contributing to a stronger, more prosperous, more resilient Northern Ireland.  Creating good jobs and protecting workers’ rights impacts upon better health and wellbeing by tackling inequalities, building self-efficacy and combating poverty and also helps employers to attract and retain the talent they need to grow and thrive.</w:t>
+        <w:t xml:space="preserve">The New Decade, New Approach Deal emphasised the importance of access to good jobs, where workers have a voice that provides a level of autonomy, a decent income, security of tenure, satisfying work in the right quantities and decent working conditions. The Skills Strategy for Northern Ireland (Skills for a 10x Economy) sets out the importance of tackling social and educational inequality, ensuring appropriate pathways are in place to enable all our citizens to reach their potential, benefitting from and contributing to a stronger, more prosperous, more resilient Northern Ireland.  Creating good jobs and protecting workers’ rights impacts upon better health and wellbeing by tackling inequalities, building self-efficacy and combating poverty </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F15C25" w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and also</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F15C25" w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> helps employers to attract and retain the talent they need to grow and thrive.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1334F28E" w14:textId="2B37CB38" w:rsidR="00F15C25" w:rsidRPr="0070786C" w:rsidRDefault="00F15C25" w:rsidP="00F15C25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The Supplier will develop, implement and maintain a In-work Progression and</w:t>
+        <w:t xml:space="preserve">The Supplier will develop, implement and maintain </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> In-work Progression and</w:t>
       </w:r>
       <w:r w:rsidR="004500BB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Green </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Skills Development Action Plan to promote and support educational attainment </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in the contract’s workforce</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
@@ -12301,89 +12804,114 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> green</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> skills development or </w:t>
       </w:r>
       <w:r w:rsidR="000E7EBB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">green </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>management courses;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">management </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>courses;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="16AF6905" w14:textId="4F7DD9B9" w:rsidR="00F15C25" w:rsidRPr="0070786C" w:rsidRDefault="00F15C25" w:rsidP="00F15C25">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Stimulate career development</w:t>
       </w:r>
       <w:r w:rsidR="000E7EBB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> related to green skills</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, particularly for those who are considered to be disadvantaged.</w:t>
+        <w:t xml:space="preserve">, particularly for those who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are considered to be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disadvantaged.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D6C09C2" w14:textId="661FEE47" w:rsidR="00DD7923" w:rsidRDefault="00F15C25" w:rsidP="00DD7923">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mentoring support for those who face barriers to employment so that they are supported to remain in the workforce</w:t>
       </w:r>
       <w:r w:rsidR="000E7EBB">
@@ -12465,52 +12993,62 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">the specific in-work progression and </w:t>
       </w:r>
       <w:r w:rsidR="000E7EBB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">green </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>skills development initiatives that will be delivered including any relevant targets;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">skills development initiatives that will be delivered including any relevant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>targets;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="52AD712A" w14:textId="77777777" w:rsidR="00BC1AB6" w:rsidRPr="0070786C" w:rsidRDefault="00BC1AB6" w:rsidP="00BC1AB6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>timeframe for each initiative; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62DB28BB" w14:textId="77777777" w:rsidR="00BC1AB6" w:rsidRPr="0070786C" w:rsidRDefault="00BC1AB6" w:rsidP="00BC1AB6">
@@ -12902,57 +13440,59 @@
         </w:rPr>
         <w:t xml:space="preserve">, where the definition of a person-week is the equivalent of one person working for 5 days.  </w:t>
       </w:r>
       <w:r w:rsidR="00100E62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Support offered by the Department of Communities to employ people with disabilities is outlined here. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0163097B" w14:textId="28779293" w:rsidR="007C6105" w:rsidRDefault="007C6105" w:rsidP="007C6105">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Each employment vacancy must be notified to </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BC1AB6" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>JobApplyNI</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00D76991" w:rsidRPr="0070786C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.jobapplyni.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) and one or more organisations registered on the Social Value Unit website (</w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
@@ -13274,104 +13814,142 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">provided with the opportunity to </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>obtain training and accreditation relevant to the tasks they are expected to perform;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">obtain training and accreditation relevant to the tasks they are expected to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>perform;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="069D2D93" w14:textId="4AB04ED1" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="00755C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">asked if they would like to receive support with numeracy, literacy and information technology, and those that do must be signposted to sources of training and accreditation for these Essential Skills; </w:t>
+        <w:t xml:space="preserve">asked if they would like to receive support with numeracy, literacy and information technology, and those that do must be signposted to sources of training and accreditation for these Essential </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Skills;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56EA0A23" w14:textId="68CC82E3" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="00755C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>supported in undertaking training e.g. through flexible working arrangements, where practicable</w:t>
+        <w:t xml:space="preserve">supported in undertaking training e.g. through flexible working arrangements, where </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>practicable</w:t>
       </w:r>
       <w:r w:rsidR="000716DC" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7F2AE42C" w14:textId="08C62BF0" w:rsidR="0080586B" w:rsidRPr="0070786C" w:rsidRDefault="0080586B" w:rsidP="0080586B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>supported in developing soft skills relevant to the workplace (e.g. communication, teamworking, time management, problem-solving etc.)</w:t>
       </w:r>
       <w:r w:rsidR="000716DC" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -13915,51 +14493,67 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Fair Work </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Charter </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22BBC6DC" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00337F5C" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The New Decade, New Approach Deal emphasised the importance of access to good jobs, where workers have a voice that provides a level of autonomy, a decent income, security of tenure, satisfying work in the right quantities and decent working conditions. Creating good jobs and protecting workers’ rights impacts upon better health and wellbeing by tackling inequalities, building self-efficacy and combating poverty and also helps employers to attract and retain the talent they need to grow and thrive. </w:t>
+        <w:t xml:space="preserve">The New Decade, New Approach Deal emphasised the importance of access to good jobs, where workers have a voice that provides a level of autonomy, a decent income, security of tenure, satisfying work in the right quantities and decent working conditions. Creating good jobs and protecting workers’ rights impacts upon better health and wellbeing by tackling inequalities, building self-efficacy and combating poverty </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and also</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> helps employers to attract and retain the talent they need to grow and thrive. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18C8A89C" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00337F5C" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
@@ -14115,117 +14709,155 @@
       <w:r w:rsidRPr="00B91918">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>provide a decent standard of living and income:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E8583C1" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00B91918" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B91918">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>offer security of contract, including hours;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">offer security of contract, including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B91918">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hours;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="431C5CE1" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00B91918" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B91918">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>foster an environment where workers views are actively sought, listened to and can make a difference;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">foster an environment where workers views are actively sought, listened to and can make a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B91918">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>difference;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3223EE71" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00B91918" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B91918">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>give opportunities for all to learn, develop and progress;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">give opportunities for all to learn, develop and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B91918">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>progress;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="277F4290" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00A06082" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A06082">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>create a healthy and safe environment, where individuals' wellbeing is actively supported;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">create a healthy and safe environment, where individuals' wellbeing is actively </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A06082">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>supported;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="58295C29" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00A06082" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A06082">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>enable people to have a good work-life balance; and</w:t>
       </w:r>
@@ -14420,51 +15052,67 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the contract</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (including the contract’s supply chain)</w:t>
       </w:r>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  The training will be designed to inform and support staff to understand </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">fair work requirements and how to ensure that employees on the contract and in the supply chain are treated fairly, humanely and equitably. </w:t>
+        <w:t xml:space="preserve">fair work requirements and how to ensure that employees on the contract and in the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>supply</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chain are treated fairly, humanely and equitably. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04758D4E" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00126DE1" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Supplier will establish a relevant baseline </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of employees understanding of fair work </w:t>
       </w:r>
       <w:r w:rsidRPr="00126DE1">
         <w:rPr>
@@ -14530,66 +15178,98 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">As outlined within </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Procurement Policy Note 05/21 Human Rights in Public Procurement</w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, the NICS recognise the importance of adopting a human rights based approach to public procurement to both prevent human rights violations and abuses and to take an active role in respecting, protecting, and fulfilling human rights.</w:t>
+        <w:t xml:space="preserve">, the NICS recognise the importance of adopting a human </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rights based</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> approach to public procurement to both prevent human rights violations and abuses and to take an active role in respecting, protecting, and fulfilling human rights.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2558D33C" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00337F5C" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Doing business with respect for human rights is linked to business opportunities such as: improved employee retention and recruitment rates; greater access to customers and buyers who increasingly value ethical practices; and improved relationships with workers, communities and stakeholders, resulting in a stronger business reputation.</w:t>
+        <w:t xml:space="preserve">Doing business with respect for human rights is linked to business opportunities </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>such as:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> improved employee retention and recruitment rates; greater access to customers and buyers who increasingly value ethical practices; and improved relationships with workers, communities and stakeholders, resulting in a stronger business reputation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BAC5C3E" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00337F5C" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensuring supply chains are ethical contributes to sustainable development, protects the human rights of individuals, provides job opportunities and brings families out of poverty.  By providing decent work and demanding </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
@@ -14703,63 +15383,72 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">(MSAT) </w:t>
         </w:r>
         <w:r w:rsidRPr="003215BC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>- Supplier Registration Service (cabinetoffice.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to assess the capacity of their organisation to manage and prevent the risks of modern slavery within the supply chain of goods being used on or produced for the </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Authority’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s contract.  </w:t>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contract.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C1F760B" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00337F5C" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MSAT is a modern slavery risk identification and management online tool.  MSAT has been designed to help public sector organisations work in partnership with suppliers to improve protections and reduce the risk of exploitation of workers in their supply chains.  When suppliers complete the assessment, they will receive a report which will provide recommendations on how to improve their anti-slavery activity and point towards useful guidance and practical tools to help make improvements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E003FDC" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00337F5C" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
@@ -15153,51 +15842,67 @@
         </w:rPr>
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidR="000E311D" w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Supply chain resilience and capacity</w:t>
       </w:r>
       <w:r w:rsidR="000E311D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> action plan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20F9DE39" w14:textId="77777777" w:rsidR="000E311D" w:rsidRDefault="000E311D" w:rsidP="000E311D">
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">As set out in the Programme for Government, the Executive aim to develop a regionally-balanced economy that is globally competitive and carbon neutral and to build a place where everyone can reach their potential.  </w:t>
+        <w:t xml:space="preserve">As set out in the Programme for Government, the Executive aim to develop a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>regionally-balanced</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> economy that is globally competitive and carbon neutral and to build a place where everyone can reach their potential.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The Executive’s Green Growth Strategy aims to ensure the sustainability of Northern Ireland’s natural environment, while fostering the necessary conditions for innovation, investment and competition that can give rise to new sources of economic growth, while building resilient ecosystems.  By doing so, we can create jobs, reduce carbon, enhance profitability, lower waste, increase efficiency and protect our environment and climate for future generations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CCEED1A" w14:textId="77777777" w:rsidR="000E311D" w:rsidRDefault="000E311D" w:rsidP="000E311D">
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The Supplier will develop, implement and maintain an Action Plan to continuously </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -15434,51 +16139,69 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00E57C69">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ssess risks to resilience of supply, services, assets as a result of known or anticipated climate change</w:t>
+        <w:t xml:space="preserve">ssess risks to resilience of supply, services, assets </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E57C69">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E57C69">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> known or anticipated climate change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> including</w:t>
       </w:r>
       <w:r w:rsidRPr="00E57C69">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> measures undertake</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
@@ -15543,74 +16266,92 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the specific </w:t>
       </w:r>
       <w:r w:rsidRPr="0021662B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">activities that will be implemented including all relevant targets (e.g. target value </w:t>
       </w:r>
       <w:r w:rsidRPr="0084727C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidRPr="008F56E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>subcontracting opportunities to be awarded to new businesses and entrepreneurs, start-ups, SMEs, VCSEs, minority ethnic led enterprise owners and mutuals within the supply chain on this contract);</w:t>
-      </w:r>
+        <w:t>subcontracting opportunities to be awarded to new businesses and entrepreneurs, start-ups, SMEs, VCSEs, minority ethnic led enterprise owners and mutuals within the supply chain on this contract</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F56E6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="645F3DE4" w14:textId="77777777" w:rsidR="000E311D" w:rsidRDefault="000E311D" w:rsidP="000E311D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>timeframe for each activity;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">timeframe for each </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>activity;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="34D63DDA" w14:textId="77777777" w:rsidR="000E311D" w:rsidRDefault="000E311D" w:rsidP="000E311D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>resources allocated to delivery of each activity including overall ownership; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A0FAEDC" w14:textId="77777777" w:rsidR="000E311D" w:rsidRDefault="000E311D" w:rsidP="000E311D">
       <w:pPr>
@@ -15762,51 +16503,69 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in the contract’s supply chain</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59EFB1FE" w14:textId="77777777" w:rsidR="00CC11EA" w:rsidRPr="00BA07C1" w:rsidRDefault="00CC11EA" w:rsidP="00CC11EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA07C1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Supplier will include social enterprises/charities or micro businesses based in Northern Ireland in the supply chain, in relation to any sub-contracting or other business opportunities available as a result of this contract.   The Supplier should ensure this is a meaningful opportunity for the social enterprise/charity or micro business.  </w:t>
+        <w:t xml:space="preserve">The Supplier will include social enterprises/charities or micro businesses based in Northern Ireland in the supply chain, in relation to any sub-contracting or other business opportunities available </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BA07C1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BA07C1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this contract.   The Supplier should ensure this is a meaningful opportunity for the social enterprise/charity or micro business.  </w:t>
       </w:r>
       <w:bookmarkStart w:id="34" w:name="_Hlk145338981"/>
       <w:r w:rsidRPr="00BA07C1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Each VCSE organisation or micro enterprise included within the supply chain will be eligible for achieving the points against this initiative rather than each contract with the enterprise.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="5B8C395C" w14:textId="77777777" w:rsidR="00CC11EA" w:rsidRPr="00BA07C1" w:rsidRDefault="00CC11EA" w:rsidP="00CC11EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA07C1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
@@ -15970,51 +16729,67 @@
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will deliver skilled advice in an area related to the contract to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CC44493" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00337F5C" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">an organisation/organisations within the Voluntary, Community and Social Enterprise (VCSE) sector; or  </w:t>
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organisation/organisations</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within the Voluntary, Community and Social Enterprise (VCSE) sector; or  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7087AEA4" w14:textId="77777777" w:rsidR="00BD79CE" w:rsidRPr="00326C95" w:rsidRDefault="00BD79CE" w:rsidP="00BD79CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE2208">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">micro businesses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -16281,51 +17056,67 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Action Plan </w:t>
       </w:r>
       <w:r w:rsidR="00582C4B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for the contract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41F602EE" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="00337F5C" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">As set out in the Programme for Government, the Executive aim to develop a regionally-balanced economy that is globally competitive and carbon neutral and to build a place where everyone can reach their potential.  </w:t>
+        <w:t xml:space="preserve">As set out in the Programme for Government, the Executive aim to develop a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>regionally-balanced</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> economy that is globally competitive and carbon neutral and to build a place where everyone can reach their potential.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The Executive’s Green Growth Strategy aims to ensure the sustainability of Northern Ireland’s natural environment, while fostering the necessary conditions for innovation, investment and competition that can give rise to new sources of economic growth, while building resilient ecosystems.  By doing so, we can create jobs, reduce carbon, enhance </w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>profitability, lower waste, increase efficiency and protect our environment and climate for future generations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15DB4400" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -16347,51 +17138,69 @@
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> will develop</w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C" w:rsidDel="00120531">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">a sound proactive environmental approach in the delivery of this Contract, designed to minimise harm to the environment by: </w:t>
+        <w:t xml:space="preserve">a sound proactive environmental approach in the delivery of this Contract, designed to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>minimise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> harm to the environment by: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17CC6348" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>assigning responsibility for climate related matters to senior management on the contract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17098C3D" w14:textId="34FE5B9D" w:rsidR="00AD2F87" w:rsidRPr="00E57C69" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
@@ -16859,51 +17668,69 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>climate action benefits in the performance of the contract</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002A471D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> including working towards net zero greenhouse gas emissions </w:t>
       </w:r>
       <w:r w:rsidRPr="002A471D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>and/or contributing to climate adaption measures</w:t>
+        <w:t xml:space="preserve">and/or contributing to climate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A471D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adaption</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A471D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> measures</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="253DEF8C" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="005C3C0C" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>he Action Plan must identify:</w:t>
       </w:r>
@@ -16919,59 +17746,68 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>the specific environmental initiatives that will be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> delivered</w:t>
       </w:r>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> including all relevant targets</w:t>
+        <w:t xml:space="preserve"> including all relevant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C3C0C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>targets</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="374313DC" w14:textId="5E0E4406" w:rsidR="00AD2F87" w:rsidRPr="00284E6F" w:rsidRDefault="00AD2F87" w:rsidP="00284E6F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>timeframe for each initiative</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -18462,59 +19298,68 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the specific environmental initiatives that will be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> delivered</w:t>
       </w:r>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> including all relevant targets</w:t>
+        <w:t xml:space="preserve"> including all relevant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C3C0C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>targets</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="75DB35EE" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="005C3C0C" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>timeframe for each initiative</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -19075,228 +19920,308 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must at least include and address among other things:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D826268" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="00B15D57" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15D57">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>baseline measurements of the packaging used and waste produced through the current contract delivery arrangements;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">baseline measurements of the packaging </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B15D57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B15D57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and waste produced through the current contract delivery </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B15D57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>arrangements;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7E060CC4" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="00DF004F" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF004F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the actions the Supplier will undertake to minimise packaging and waste in the production, processing and transport elements of the contract by reviewing their onsite operations and by engaging with the supply chain    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4924A500" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="00B15D57" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15D57">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>the actions the Supplier will undertake to use the most efficient transport and delivery arrangements;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">the actions the Supplier will undertake to use the most efficient transport and delivery </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B15D57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>arrangements;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="1DDADD20" w14:textId="49AAFEA4" w:rsidR="00AD2F87" w:rsidRPr="00B15D57" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15D57">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>the actions the Supplier will undertake to reduce the consumption of resources, in particular the use of single use plastic;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">the actions the Supplier will undertake to reduce the consumption of resources, in particular the use of single use </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B15D57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>plastic;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7061CC38" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="00B15D57" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15D57">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the actions the Supplier will undertake to </w:t>
       </w:r>
       <w:r w:rsidRPr="00B15D57">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>include circular solutions to reduce packaging and waste;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">include circular solutions to reduce packaging and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B15D57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>waste;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="72E47800" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="00B15D57" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15D57">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>how the Supplier will monitor and measure the impact of the actions they are taking to minimise packaging and waste</w:t>
+        <w:t xml:space="preserve">how the Supplier will monitor and measure the impact of the actions they are taking to minimise packaging and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B15D57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>waste</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="41DC9B59" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="00B15D57" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15D57">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>how the Supplier will review and revise the actions they are taking with suitable regularity to continue to reduce packaging and waste wherever possible</w:t>
+        <w:t xml:space="preserve">how the Supplier will review and revise the actions they are taking with suitable regularity to continue to reduce packaging and waste wherever </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B15D57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>possible</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="47408F35" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15D57">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>how the Supplier will feedback on progress and results to the  Authority</w:t>
-      </w:r>
+        <w:t xml:space="preserve">how the Supplier will feedback on progress and results to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B15D57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the  Authority</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12C2B0FC" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="008A3C97" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="520C6706" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="005C3C0C" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -19343,59 +20268,68 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>packaging and waste</w:t>
       </w:r>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> initiatives that will be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> delivered</w:t>
       </w:r>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> including all relevant targets</w:t>
+        <w:t xml:space="preserve"> including all relevant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C3C0C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>targets</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="651ADE95" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="005C3C0C" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>timeframe for each initiative</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -19500,51 +20434,69 @@
         </w:rPr>
         <w:t>Supplier</w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> will submit an annual progress report to the Authority, detailing the progress made in relation to the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Packaging and Waste Action Plan, including baseline measurements, </w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">and setting out the quarterly actions for the year ahead. </w:t>
+        <w:t xml:space="preserve">and setting out </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the quarterly</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> actions for the year ahead. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A93BD8E" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The report shall be in writing and shall detail the steps taken by the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Supplier</w:t>
@@ -19586,58 +20538,69 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the Contract. The Authority reserves the right to request an updated progress report at interims throughout the Contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B66CA87" w14:textId="77777777" w:rsidR="00BE2218" w:rsidRPr="00BE2218" w:rsidRDefault="00BE2218" w:rsidP="00AD2F87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09DD7F12" w14:textId="2F510666" w:rsidR="00AD2F87" w:rsidRPr="00284E6F" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00284E6F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">X.X  Green transport </w:t>
+        <w:t>X.X  Green</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00284E6F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> transport </w:t>
       </w:r>
       <w:r w:rsidR="00FF104E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>plan</w:t>
       </w:r>
       <w:r w:rsidRPr="00284E6F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the contract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11609C80" w14:textId="5BA34B74" w:rsidR="00AD2F87" w:rsidRPr="00284E6F" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -20092,51 +21055,67 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular Economy Action Plan for the </w:t>
       </w:r>
       <w:r w:rsidR="00FF104E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>contract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11C3B4CE" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">As set out in the Programme for Government, the Executive aim to develop a regionally-balanced economy that is globally competitive and carbon neutral and to build a place where everyone can reach their potential.  </w:t>
+        <w:t xml:space="preserve">As set out in the Programme for Government, the Executive aim to develop a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>regionally-balanced</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> economy that is globally competitive and carbon neutral and to build a place where everyone can reach their potential.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The Executive’s Green Growth Strategy aims to ensure the sustainability of Northern Ireland’s natural environment, while fostering the necessary conditions for innovation, investment and competition that can give rise to new sources of economic growth, while building resilient ecosystems.  By doing so, we can create jobs, reduce carbon, enhance profitability, lower waste, increase efficiency and protect our environment and climate for future generations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BFBFDCF" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
@@ -20952,59 +21931,68 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the specific environmental initiatives that will be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> delivered</w:t>
       </w:r>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> including all relevant targets</w:t>
+        <w:t xml:space="preserve"> including all relevant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C3C0C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>targets</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="06DEAC60" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="005C3C0C" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>timeframe for each initiative</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -21178,51 +22166,67 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>X.0 Waste and Resource Efficiencies in the delivery of the contract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45433E04" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="00337F5C" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Moving towards a more circular economy will reduce our demand for virgin materials and reduce our greenhouse gas emissions, by keeping resources in use as long as possible, extracting maximum value from them, minimizing waste and promoting resource efficiency.  Companies that manage their business waste efficiently achieve significant cost and energy savings.  In doing so they also make a contribution to tackling climate change. Reuse, repair, remanufacture and recycle are key components of the circular economy with the focus being to retain as much value as possible in line with the waste hierarchy.  </w:t>
+        <w:t xml:space="preserve">Moving towards a more circular economy will reduce our demand for virgin materials and reduce our greenhouse gas emissions, by keeping resources in use as long as possible, extracting maximum value from them, minimizing waste and promoting resource efficiency.  Companies that manage their business waste efficiently achieve significant cost and energy savings.  In doing so they also </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>make a contribution</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00337F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to tackling climate change. Reuse, repair, remanufacture and recycle are key components of the circular economy with the focus being to retain as much value as possible in line with the waste hierarchy.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FAF097A" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="00337F5C" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Supplier will take measures to actively reduce waste and transfer business waste, unwanted materials and by-products (both bio-based and technical materials) from the contract’s supply chain to be reused, repaired recycled, reprocessed and repackaged by another organisation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="390B67FC" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="00337F5C" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337F5C">
@@ -21635,59 +22639,68 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> delivered</w:t>
       </w:r>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to reduce embodied carbon levels </w:t>
       </w:r>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>including all relevant targets</w:t>
+        <w:t xml:space="preserve">including all relevant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C3C0C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>targets</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4C49A471" w14:textId="77777777" w:rsidR="00AD2F87" w:rsidRPr="005C3C0C" w:rsidRDefault="00AD2F87" w:rsidP="00AD2F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C3C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>timeframe for each initiative</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -22156,113 +23169,147 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">financial literacy sessions, </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>counselling support, stress management courses</w:t>
       </w:r>
       <w:r w:rsidR="00625E33" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, post-trauma support</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.); </w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AB2730D" w14:textId="28296E33" w:rsidR="00FC58CF" w:rsidRDefault="00FC58CF" w:rsidP="00E31B9A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>initiatives to engage people in health interventions (e.g. smoking cessation, healthy eating, exercise, addiction treatment and support etc.);</w:t>
-      </w:r>
+        <w:t>initiatives to engage people in health interventions (e.g. smoking cessation, healthy eating, exercise, addiction treatment and support etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E31B9A" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BD61F18" w14:textId="0EBCCC3A" w:rsidR="005E1867" w:rsidRDefault="00471DBF" w:rsidP="00E31B9A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mental health awareness training for managers</w:t>
       </w:r>
       <w:r w:rsidR="00EF736F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and/or mental health champion training for staff</w:t>
+        <w:t xml:space="preserve"> and/or mental health champion training for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF736F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>staff</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4E157365" w14:textId="28D7E722" w:rsidR="00471DBF" w:rsidRPr="0070786C" w:rsidRDefault="00EF736F" w:rsidP="00E31B9A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">allocating </w:t>
       </w:r>
       <w:r w:rsidR="005E1867">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -22332,69 +23379,89 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="0070786C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Mental Health Charter</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for employers and service providers provides a framework for working towards mentally healthy workplaces and has been jointly produced by the Equality Commission NI, Action Mental Health, Disability Action, Mind</w:t>
+        <w:t xml:space="preserve"> for employers and service providers provides a framework for working towards mentally healthy workplaces and has been jointly produced by the Equality Commission NI, Action Mental Health, Disability Action, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Mind</w:t>
       </w:r>
       <w:r w:rsidR="00A50F12" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ise, Mental Health Foundation and </w:t>
+        <w:t>ise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Mental Health Foundation and </w:t>
       </w:r>
       <w:r w:rsidR="00A50F12" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Inspire</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="45D0038A" w14:textId="4AD0518D" w:rsidR="00FC58CF" w:rsidRPr="0070786C" w:rsidRDefault="00FC58CF" w:rsidP="00FC58CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -22654,69 +23721,89 @@
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Mental Health Charter</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> for employers and service providers provides a framework for working towards mentally healthy workplaces and has been jointly </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>produced by the Equality Commission NI, Action Mental Health, Disability Action, Mind</w:t>
+        <w:t xml:space="preserve">produced by the Equality Commission NI, Action Mental Health, Disability Action, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Mind</w:t>
       </w:r>
       <w:r w:rsidR="006A4467" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ise, Mental Health Foundation and </w:t>
+        <w:t>ise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Mental Health Foundation and </w:t>
       </w:r>
       <w:r w:rsidR="006A4467" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Inspire</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:p w14:paraId="4FFF9BD3" w14:textId="77777777" w:rsidR="00FC58CF" w:rsidRPr="0070786C" w:rsidRDefault="00FC58CF" w:rsidP="00FC58CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -22760,72 +23847,98 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Supplier will deliver initiatives to </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">reduce the stigma of mental illness and increase awareness of health and well-being issues among employees and managers engaged on the Contract.  </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>These initiatives will be designed to s</w:t>
       </w:r>
-      <w:r w:rsidRPr="0070786C">
-[...5 lines deleted...]
-        <w:t>upport all employees working on the Contract, including those with mental health problems, to remain in and thrive through work.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>upport</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all employees working on the Contract, including those with mental health problems, to remain in and thrive through work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3527E7F7" w14:textId="77777777" w:rsidR="00FC58CF" w:rsidRPr="0070786C" w:rsidRDefault="00FC58CF" w:rsidP="00E31B9A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>This may include: initiatives to identify and understand issues relating to physical and mental health in the contract workforce, management training, support groups, awareness raising events or other equivalent initiatives as agreed with the Authority, at the Authority’s discretion.</w:t>
+        <w:t xml:space="preserve">This may </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>include:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> initiatives to identify and understand issues relating to physical and mental health in the contract workforce, management training, support groups, awareness raising events or other equivalent initiatives as agreed with the Authority, at the Authority’s discretion.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:p w14:paraId="07D998F6" w14:textId="0B3EF586" w:rsidR="007C6105" w:rsidRPr="008E1F67" w:rsidRDefault="008E1F67" w:rsidP="007C6105">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1F67">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidR="0070786C" w:rsidRPr="008E1F67">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -23050,74 +24163,111 @@
     </w:p>
     <w:p w14:paraId="34F19200" w14:textId="45B8EB1C" w:rsidR="008170B3" w:rsidRPr="0070786C" w:rsidRDefault="00471DBF" w:rsidP="008170B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="008170B3" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>he development of partnerships with organisations in the VCSE sector who work to deliver activities designed to improve good relations within the local community;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">he development of partnerships with organisations in the VCSE sector who work to deliver activities designed to improve good relations within the local </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008170B3" w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>community;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="327AD7B4" w14:textId="77777777" w:rsidR="008170B3" w:rsidRPr="0070786C" w:rsidRDefault="008170B3" w:rsidP="008170B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Activities that increase awareness of good relations, equality, diversity and inclusion issues within the contract workforce and provide adequate training for employees and managers engaged on the contract.  This training could be delivered by the VCSE sector;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Activities that increase awareness of good relations, equality, diversity and inclusion issues within the contract workforce and provide adequate training for employees and managers engaged </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the contract.  This training could be delivered by the VCSE </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sector;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2DB1D5BB" w14:textId="77777777" w:rsidR="008170B3" w:rsidRPr="0070786C" w:rsidRDefault="008170B3" w:rsidP="008170B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Activities to promote good relations, including cultural pluralism and respect for diversity, including Northern Ireland’s ethnic, national, linguistic and faith communities so that everyone has a sense of belonging.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B066B1B" w14:textId="77777777" w:rsidR="008170B3" w:rsidRPr="0070786C" w:rsidRDefault="008170B3" w:rsidP="008170B3">
       <w:pPr>
@@ -23245,51 +24395,67 @@
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Equality, Diversity and Inclusion Action Plan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DF1C2EF" w14:textId="77777777" w:rsidR="00B16D87" w:rsidRPr="0070786C" w:rsidRDefault="00B16D87" w:rsidP="00B16D87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The New Decade, New Approach Deal emphasised the importance of access to good jobs, where workers have a voice that provides a level of autonomy, a decent income, security of tenure, satisfying work in the right quantities and decent working conditions. Creating good jobs and protecting workers’ rights impacts upon better health and wellbeing by tackling inequalities, building self-efficacy and combating poverty and also helps employers to attract and retain the talent they need to grow and thrive.</w:t>
+        <w:t xml:space="preserve">The New Decade, New Approach Deal emphasised the importance of access to good jobs, where workers have a voice that provides a level of autonomy, a decent income, security of tenure, satisfying work in the right quantities and decent working conditions. Creating good jobs and protecting workers’ rights impacts upon better health and wellbeing by tackling inequalities, building self-efficacy and combating poverty </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and also</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> helps employers to attract and retain the talent they need to grow and thrive.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED0183A" w14:textId="192F0FA5" w:rsidR="00B16D87" w:rsidRPr="0070786C" w:rsidRDefault="00B16D87" w:rsidP="00B16D87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The Supplier will develop, implement and maintain an action plan to continuously </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">monitor and improve equality, diversity and inclusion on this </w:t>
       </w:r>
@@ -23338,72 +24504,100 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must at least include and address among other things the Supplier’s actions to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="003E34E7" w14:textId="77777777" w:rsidR="00B16D87" w:rsidRPr="0070786C" w:rsidRDefault="00B16D87" w:rsidP="00B16D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>continuously develop an understanding of the issues affecting inequality in employment, skills and pay in the market, industry or sector relevant to the Contract including within the Supplier’s supply chain;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">continuously develop an understanding of the issues affecting inequality in employment, skills and pay in the market, industry or sector relevant to the Contract including within the Supplier’s supply </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>chain;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6D802E7F" w14:textId="77777777" w:rsidR="00B16D87" w:rsidRPr="0070786C" w:rsidRDefault="00B16D87" w:rsidP="00B16D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">increase awareness of equality, diversity and inclusion issues within the contract workforce and provide adequate training for employees and managers engaged on the Contract; </w:t>
+        <w:t xml:space="preserve">increase awareness of equality, diversity and inclusion issues within the contract workforce and provide adequate training for employees and managers engaged on the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Contract;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4497E21B" w14:textId="77777777" w:rsidR="006A4467" w:rsidRPr="0070786C" w:rsidRDefault="00B16D87" w:rsidP="006A4467">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">adopt inclusive and accessible recruitment practices to increase equality, diversity and inclusion of the contract workforce in accordance with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidR="006A4467" w:rsidRPr="0070786C">
           <w:rPr>
@@ -23493,73 +24687,101 @@
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>PositiveActionEmployerGuide.pdf (equalityni.org)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="24F70A9F" w14:textId="77777777" w:rsidR="00B16D87" w:rsidRPr="0070786C" w:rsidRDefault="00B16D87" w:rsidP="00B16D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>identify and address inequality in employment, skills and pay in the contract workforce;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">identify and address inequality in employment, skills and pay in the contract </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>workforce;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="345F4317" w14:textId="77777777" w:rsidR="00B16D87" w:rsidRPr="0070786C" w:rsidRDefault="00B16D87" w:rsidP="00B16D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">provide working conditions which promote an inclusive working environment and promote retention and progression; </w:t>
+        <w:t xml:space="preserve">provide working conditions which promote an inclusive working environment and promote retention and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>progression;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="459D8E37" w14:textId="1194C619" w:rsidR="00B16D87" w:rsidRPr="0070786C" w:rsidRDefault="00B16D87" w:rsidP="00B16D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">support in-work progression to help people, including those from disadvantaged or minority groups, to move into higher paid work by </w:t>
       </w:r>
       <w:r w:rsidR="006A4467" w:rsidRPr="0070786C">
         <w:rPr>
@@ -23664,120 +24886,158 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The Action Plan must identify:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E9BA500" w14:textId="77777777" w:rsidR="00A02123" w:rsidRPr="0070786C" w:rsidRDefault="00A02123" w:rsidP="00A02123">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>the equality, diversity and inclusion initiatives that will be delivered including all relevant targets;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">the equality, diversity and inclusion initiatives that will be delivered including all relevant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>targets;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6415F146" w14:textId="77777777" w:rsidR="00A02123" w:rsidRPr="0070786C" w:rsidRDefault="00A02123" w:rsidP="00A02123">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>timeframe for each initiative;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">timeframe for each </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>initiative;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="38D6096F" w14:textId="77777777" w:rsidR="00A02123" w:rsidRPr="0070786C" w:rsidRDefault="00A02123" w:rsidP="00A02123">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>resources allocated to the delivery of each initiative including overall ownership of the Equality, Diversity and Inclusion Action Plan for the contract; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0634BC99" w14:textId="77777777" w:rsidR="00A02123" w:rsidRPr="0070786C" w:rsidRDefault="00A02123" w:rsidP="00A02123">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>mechanisms to review the effectiveness of the equality, diversity and inclusion practices and ensure continuous improvement throughout the lifetime of the contract.</w:t>
+        <w:t xml:space="preserve">mechanisms to review the effectiveness of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the equality</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, diversity and inclusion practices and ensure continuous improvement throughout the lifetime of the contract.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:p w14:paraId="7B915AF8" w14:textId="77777777" w:rsidR="00A02123" w:rsidRPr="0070786C" w:rsidRDefault="00A02123" w:rsidP="006E7A30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B0A6170" w14:textId="054046D8" w:rsidR="00A50F12" w:rsidRPr="0070786C" w:rsidRDefault="00B16D87" w:rsidP="00B16D87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -23841,51 +25101,71 @@
         <w:rPr>
           <w:rStyle w:val="cf31"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(outlined at Clause X.X and X.X).  </w:t>
       </w:r>
       <w:commentRangeEnd w:id="46"/>
       <w:r w:rsidRPr="0001628A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="46"/>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rStyle w:val="cf31"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">This can include the preparation of a positive action plan, attending meetings and developing partnerships with potential brokers who work with relevant groups, the preparation and delivery of engagement activities to, or other activities as agreed by the Authority, at the Authority’s discretion. </w:t>
+        <w:t xml:space="preserve">This can include the preparation of a positive action plan, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rStyle w:val="cf31"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>attending</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rStyle w:val="cf31"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meetings and developing partnerships with potential brokers who work with relevant groups, the preparation and delivery of engagement activities to, or other activities as agreed by the Authority, at the Authority’s discretion. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3715DC0B" w14:textId="77777777" w:rsidR="00B16D87" w:rsidRPr="0070786C" w:rsidRDefault="00B16D87" w:rsidP="00B16D87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rStyle w:val="cf31"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">You will find further information on lawful positive action from the Equality Commission for Northern Ireland </w:t>
       </w:r>
       <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="0070786C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
@@ -24313,51 +25593,73 @@
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Data Protection </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(include when Paid Employment Opportunities included only)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when Paid Employment Opportunities included only)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD67BAE" w14:textId="5C83A484" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="007C6105">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Where the Supplier has selected to provide </w:t>
       </w:r>
       <w:r w:rsidR="00D4740B" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Social Value </w:t>
@@ -24413,51 +25715,69 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1BDB41C9" w14:textId="77777777" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="007C6105">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The Supplier, at contract award, shall enter into a Data Processing Agreement with the Strategic Investment Board. This is to enable the sharing of personal information </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">(provided in the Social Value Monitoring Report) for the purposes of checking and verification. </w:t>
+        <w:t xml:space="preserve">(provided in the Social Value Monitoring Report) for the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>purposes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of checking and verification. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="457769BA" w14:textId="77777777" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="007C6105">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The Supplier must only engage a Sub-processor, in relation to the Social Value requirements, with the prior consent of the Strategic Investment Board and must enter into a Data Processing Agreement with any Sub-processor with whom the information in the Supplier’s Social Value Monitoring Report is shared.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="111FD6C5" w14:textId="77777777" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="007C6105">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -24682,68 +26002,88 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E60B1" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Connecting with Voluntary, Community and Social Enterprise organisations  </w:t>
+        <w:t xml:space="preserve">Connecting with Voluntary, Community and Social Enterprise </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E60B1" w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>organisations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E60B1" w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34BDC992" w14:textId="7E9AF5F6" w:rsidR="008E60B1" w:rsidRPr="0070786C" w:rsidRDefault="006A2565" w:rsidP="007C6105">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Organisations</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E2D94" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> who are based in Northern Ireland and are interested in partnering with suppliers to deliver social value requirements </w:t>
       </w:r>
       <w:r w:rsidR="007C6105" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">are listed on the Social Value Unit website </w:t>
       </w:r>
       <w:r w:rsidR="007C6105" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidR="00152A96" w:rsidRPr="0070786C">
@@ -24809,95 +26149,106 @@
       <w:r w:rsidR="008E60B1" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>n online</w:t>
       </w:r>
       <w:r w:rsidR="002E2D94" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> directory</w:t>
       </w:r>
       <w:r w:rsidR="008E60B1" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008E60B1" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008E60B1" w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>https://socialenterpriseni.org/directory/</w:t>
       </w:r>
       <w:r w:rsidR="008E60B1" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="002E2D94" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E60B1" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="008E60B1" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social Enterprises which could be included in your public contract's supply chain.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007C6105" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF0609D" w14:textId="7C93990B" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="007C6105">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Responsibility for sourcing social value beneficiaries remains with the Supplier.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22B756C1" w14:textId="45632399" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="007C6105">
       <w:pPr>
@@ -24939,51 +26290,67 @@
         </w:rPr>
         <w:t>X.0</w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Sub-contractors</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="720F84B1" w14:textId="07596DF1" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="007C6105">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">It is the Supplier’s responsibility to develop a working method and where necessary secure sub-contractor co-operation in order to achieve the Authority’s social </w:t>
+        <w:t xml:space="preserve">It is the Supplier’s responsibility to develop a working method and where necessary secure sub-contractor co-operation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0070786C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> achieve the Authority’s social </w:t>
       </w:r>
       <w:r w:rsidR="00C707E8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>value</w:t>
       </w:r>
       <w:r w:rsidR="00C707E8" w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0070786C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58626539" w14:textId="77777777" w:rsidR="007C6105" w:rsidRPr="0070786C" w:rsidRDefault="007C6105" w:rsidP="007C6105">
       <w:pPr>
@@ -26030,61 +27397,61 @@
   <w16cid:commentId w16cid:paraId="7C063F20" w16cid:durableId="25E5BF66"/>
   <w16cid:commentId w16cid:paraId="16B0A3AA" w16cid:durableId="25E5BF67"/>
   <w16cid:commentId w16cid:paraId="1183801C" w16cid:durableId="25E5BF68"/>
   <w16cid:commentId w16cid:paraId="7CD6735B" w16cid:durableId="25E5BF69"/>
   <w16cid:commentId w16cid:paraId="4A146B4F" w16cid:durableId="25E5BF6A"/>
   <w16cid:commentId w16cid:paraId="16554571" w16cid:durableId="6FD43E82"/>
   <w16cid:commentId w16cid:paraId="1849EF15" w16cid:durableId="60F87D30"/>
   <w16cid:commentId w16cid:paraId="1D473003" w16cid:durableId="1132BC49"/>
   <w16cid:commentId w16cid:paraId="4F099DAF" w16cid:durableId="637F0264"/>
   <w16cid:commentId w16cid:paraId="0FD51D56" w16cid:durableId="1CCA5266"/>
   <w16cid:commentId w16cid:paraId="2797742A" w16cid:durableId="27E3CBF1"/>
   <w16cid:commentId w16cid:paraId="76624092" w16cid:durableId="1A175367"/>
   <w16cid:commentId w16cid:paraId="71E52C41" w16cid:durableId="2860C6D2"/>
   <w16cid:commentId w16cid:paraId="1B547BD1" w16cid:durableId="640AE56A"/>
   <w16cid:commentId w16cid:paraId="5F42D883" w16cid:durableId="27485CEA"/>
   <w16cid:commentId w16cid:paraId="5A6ACDA6" w16cid:durableId="23A4BF0D"/>
   <w16cid:commentId w16cid:paraId="0E2B5310" w16cid:durableId="283BFFE2"/>
   <w16cid:commentId w16cid:paraId="6B73E3E3" w16cid:durableId="4002EA70"/>
   <w16cid:commentId w16cid:paraId="295BF7E1" w16cid:durableId="28C91462"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5367E7F6" w14:textId="77777777" w:rsidR="00AC79BA" w:rsidRDefault="00AC79BA" w:rsidP="007C6105">
+    <w:p w14:paraId="5298778A" w14:textId="77777777" w:rsidR="00BB4E4D" w:rsidRDefault="00BB4E4D" w:rsidP="007C6105">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BF43451" w14:textId="77777777" w:rsidR="00AC79BA" w:rsidRDefault="00AC79BA" w:rsidP="007C6105">
+    <w:p w14:paraId="26C6306B" w14:textId="77777777" w:rsidR="00BB4E4D" w:rsidRDefault="00BB4E4D" w:rsidP="007C6105">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -26116,61 +27483,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D15A1EA" w14:textId="77777777" w:rsidR="00AC79BA" w:rsidRDefault="00AC79BA" w:rsidP="007C6105">
+    <w:p w14:paraId="2C05BB97" w14:textId="77777777" w:rsidR="00BB4E4D" w:rsidRDefault="00BB4E4D" w:rsidP="007C6105">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7FAF009D" w14:textId="77777777" w:rsidR="00AC79BA" w:rsidRDefault="00AC79BA" w:rsidP="007C6105">
+    <w:p w14:paraId="07EA0F0D" w14:textId="77777777" w:rsidR="00BB4E4D" w:rsidRDefault="00BB4E4D" w:rsidP="007C6105">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="4CB7011E" w14:textId="77777777" w:rsidR="007C6105" w:rsidRDefault="007C6105" w:rsidP="007C6105">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00036A6A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
@@ -32689,50 +34056,51 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="2147165351">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="708996464">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="24"/>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Author">
     <w15:presenceInfo w15:providerId="None" w15:userId="Author"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007C6105"/>
     <w:rsid w:val="00001535"/>
     <w:rsid w:val="00012E47"/>
@@ -32780,50 +34148,51 @@
     <w:rsid w:val="001A7722"/>
     <w:rsid w:val="001B17F1"/>
     <w:rsid w:val="001B62BF"/>
     <w:rsid w:val="001C1314"/>
     <w:rsid w:val="001C7024"/>
     <w:rsid w:val="001E3930"/>
     <w:rsid w:val="001F21E7"/>
     <w:rsid w:val="00207D9C"/>
     <w:rsid w:val="002141F5"/>
     <w:rsid w:val="0022171B"/>
     <w:rsid w:val="00226430"/>
     <w:rsid w:val="00231AFE"/>
     <w:rsid w:val="00234BE7"/>
     <w:rsid w:val="00242701"/>
     <w:rsid w:val="00246809"/>
     <w:rsid w:val="002527E9"/>
     <w:rsid w:val="00256E05"/>
     <w:rsid w:val="00270970"/>
     <w:rsid w:val="0027746D"/>
     <w:rsid w:val="00284E6F"/>
     <w:rsid w:val="00286842"/>
     <w:rsid w:val="0029187F"/>
     <w:rsid w:val="00291E01"/>
     <w:rsid w:val="00295E30"/>
     <w:rsid w:val="002A706C"/>
+    <w:rsid w:val="002C2C95"/>
     <w:rsid w:val="002C548B"/>
     <w:rsid w:val="002D2586"/>
     <w:rsid w:val="002D618F"/>
     <w:rsid w:val="002E2D94"/>
     <w:rsid w:val="002E7941"/>
     <w:rsid w:val="00320955"/>
     <w:rsid w:val="003221D1"/>
     <w:rsid w:val="00326450"/>
     <w:rsid w:val="00333C6A"/>
     <w:rsid w:val="00334E40"/>
     <w:rsid w:val="00341674"/>
     <w:rsid w:val="00347433"/>
     <w:rsid w:val="00350DF2"/>
     <w:rsid w:val="00352F6B"/>
     <w:rsid w:val="00357C3A"/>
     <w:rsid w:val="003656F3"/>
     <w:rsid w:val="00366CC7"/>
     <w:rsid w:val="00376C58"/>
     <w:rsid w:val="003838A6"/>
     <w:rsid w:val="0039029B"/>
     <w:rsid w:val="0039252C"/>
     <w:rsid w:val="00396FD8"/>
     <w:rsid w:val="003A4D7D"/>
     <w:rsid w:val="003A6BF7"/>
     <w:rsid w:val="003B1AEC"/>
@@ -32848,105 +34217,108 @@
     <w:rsid w:val="004607B3"/>
     <w:rsid w:val="00460A8A"/>
     <w:rsid w:val="00462CAE"/>
     <w:rsid w:val="004704EC"/>
     <w:rsid w:val="00471716"/>
     <w:rsid w:val="004718B1"/>
     <w:rsid w:val="00471DBF"/>
     <w:rsid w:val="00473DE6"/>
     <w:rsid w:val="004826DD"/>
     <w:rsid w:val="004957C9"/>
     <w:rsid w:val="00497F80"/>
     <w:rsid w:val="004B07E8"/>
     <w:rsid w:val="004B672F"/>
     <w:rsid w:val="004C6D36"/>
     <w:rsid w:val="004E4AD1"/>
     <w:rsid w:val="004F0D6D"/>
     <w:rsid w:val="004F5206"/>
     <w:rsid w:val="005170B9"/>
     <w:rsid w:val="00522479"/>
     <w:rsid w:val="00525C2E"/>
     <w:rsid w:val="00534778"/>
     <w:rsid w:val="005461E5"/>
     <w:rsid w:val="00552110"/>
     <w:rsid w:val="00560D04"/>
     <w:rsid w:val="00561056"/>
+    <w:rsid w:val="00562DB8"/>
     <w:rsid w:val="00567391"/>
     <w:rsid w:val="0057242D"/>
     <w:rsid w:val="005778DD"/>
     <w:rsid w:val="00582C4B"/>
     <w:rsid w:val="00590413"/>
     <w:rsid w:val="005A0B0F"/>
     <w:rsid w:val="005A3178"/>
     <w:rsid w:val="005B6201"/>
     <w:rsid w:val="005B6E78"/>
     <w:rsid w:val="005B7614"/>
     <w:rsid w:val="005B78E8"/>
     <w:rsid w:val="005C2337"/>
     <w:rsid w:val="005C4E9A"/>
     <w:rsid w:val="005D10EA"/>
     <w:rsid w:val="005D2CFF"/>
     <w:rsid w:val="005E1867"/>
     <w:rsid w:val="005F60E7"/>
     <w:rsid w:val="0062018F"/>
     <w:rsid w:val="00625E33"/>
     <w:rsid w:val="00645062"/>
     <w:rsid w:val="00646AF8"/>
     <w:rsid w:val="006512DC"/>
     <w:rsid w:val="00653A8E"/>
     <w:rsid w:val="006541B7"/>
     <w:rsid w:val="0065456D"/>
     <w:rsid w:val="006567BF"/>
     <w:rsid w:val="00680803"/>
     <w:rsid w:val="00680C85"/>
     <w:rsid w:val="006874DF"/>
     <w:rsid w:val="00690A6A"/>
     <w:rsid w:val="0069167E"/>
     <w:rsid w:val="00692FE9"/>
     <w:rsid w:val="00694853"/>
     <w:rsid w:val="006A2565"/>
     <w:rsid w:val="006A4467"/>
     <w:rsid w:val="006B42B9"/>
     <w:rsid w:val="006C7B49"/>
     <w:rsid w:val="006E3F56"/>
     <w:rsid w:val="006E7A30"/>
     <w:rsid w:val="006F22AA"/>
     <w:rsid w:val="0070024F"/>
     <w:rsid w:val="0070512A"/>
     <w:rsid w:val="007072E9"/>
     <w:rsid w:val="0070786C"/>
     <w:rsid w:val="00712A39"/>
     <w:rsid w:val="00720609"/>
     <w:rsid w:val="0072201D"/>
     <w:rsid w:val="00724FF8"/>
     <w:rsid w:val="00725F29"/>
+    <w:rsid w:val="00735CD5"/>
     <w:rsid w:val="00746F12"/>
     <w:rsid w:val="00751435"/>
     <w:rsid w:val="00755C86"/>
     <w:rsid w:val="00772C36"/>
     <w:rsid w:val="007819F2"/>
     <w:rsid w:val="00786A78"/>
+    <w:rsid w:val="00796F7B"/>
     <w:rsid w:val="007A1998"/>
     <w:rsid w:val="007A6D4C"/>
     <w:rsid w:val="007B6343"/>
     <w:rsid w:val="007C4E0D"/>
     <w:rsid w:val="007C5D54"/>
     <w:rsid w:val="007C6105"/>
     <w:rsid w:val="007E1E25"/>
     <w:rsid w:val="007E6F22"/>
     <w:rsid w:val="007F235B"/>
     <w:rsid w:val="007F29F0"/>
     <w:rsid w:val="007F36BA"/>
     <w:rsid w:val="00800987"/>
     <w:rsid w:val="0080586B"/>
     <w:rsid w:val="0081125E"/>
     <w:rsid w:val="008170B3"/>
     <w:rsid w:val="008369F3"/>
     <w:rsid w:val="0084063B"/>
     <w:rsid w:val="008449AB"/>
     <w:rsid w:val="00851635"/>
     <w:rsid w:val="008537BC"/>
     <w:rsid w:val="008601BC"/>
     <w:rsid w:val="00860BD5"/>
     <w:rsid w:val="00896BD2"/>
     <w:rsid w:val="008A032B"/>
     <w:rsid w:val="008A1FA4"/>
@@ -33007,50 +34379,51 @@
     <w:rsid w:val="00AD13C0"/>
     <w:rsid w:val="00AD2F87"/>
     <w:rsid w:val="00AD67C4"/>
     <w:rsid w:val="00AE16AA"/>
     <w:rsid w:val="00AE6982"/>
     <w:rsid w:val="00AE6AC2"/>
     <w:rsid w:val="00AF3815"/>
     <w:rsid w:val="00AF43D7"/>
     <w:rsid w:val="00B0431D"/>
     <w:rsid w:val="00B04C57"/>
     <w:rsid w:val="00B07B77"/>
     <w:rsid w:val="00B16D87"/>
     <w:rsid w:val="00B27576"/>
     <w:rsid w:val="00B4171E"/>
     <w:rsid w:val="00B433B4"/>
     <w:rsid w:val="00B43676"/>
     <w:rsid w:val="00B4574F"/>
     <w:rsid w:val="00B46478"/>
     <w:rsid w:val="00B5370F"/>
     <w:rsid w:val="00B63230"/>
     <w:rsid w:val="00B6774A"/>
     <w:rsid w:val="00B70E56"/>
     <w:rsid w:val="00B748D5"/>
     <w:rsid w:val="00B81D6B"/>
     <w:rsid w:val="00B8293C"/>
+    <w:rsid w:val="00BB4E4D"/>
     <w:rsid w:val="00BB6D63"/>
     <w:rsid w:val="00BC1AB6"/>
     <w:rsid w:val="00BC3952"/>
     <w:rsid w:val="00BC7B2B"/>
     <w:rsid w:val="00BD5DB3"/>
     <w:rsid w:val="00BD79CE"/>
     <w:rsid w:val="00BE2218"/>
     <w:rsid w:val="00BF2232"/>
     <w:rsid w:val="00BF2891"/>
     <w:rsid w:val="00BF2B66"/>
     <w:rsid w:val="00C06DDA"/>
     <w:rsid w:val="00C15C5A"/>
     <w:rsid w:val="00C23C25"/>
     <w:rsid w:val="00C263F4"/>
     <w:rsid w:val="00C305EC"/>
     <w:rsid w:val="00C33CBF"/>
     <w:rsid w:val="00C5392F"/>
     <w:rsid w:val="00C57BC6"/>
     <w:rsid w:val="00C707E8"/>
     <w:rsid w:val="00C71D69"/>
     <w:rsid w:val="00C770F2"/>
     <w:rsid w:val="00C95424"/>
     <w:rsid w:val="00CA095E"/>
     <w:rsid w:val="00CA3D5A"/>
     <w:rsid w:val="00CC0A53"/>
@@ -35411,103 +36784,106 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F34746"/>
     <w:rsid w:val="000114F2"/>
     <w:rsid w:val="00020E4E"/>
     <w:rsid w:val="00033722"/>
     <w:rsid w:val="00034A4E"/>
     <w:rsid w:val="000407CC"/>
     <w:rsid w:val="00086D7C"/>
     <w:rsid w:val="0009061E"/>
     <w:rsid w:val="000A5291"/>
     <w:rsid w:val="000A52AB"/>
     <w:rsid w:val="000C1789"/>
     <w:rsid w:val="000F5249"/>
     <w:rsid w:val="00121CBE"/>
     <w:rsid w:val="001268E7"/>
     <w:rsid w:val="001344DA"/>
     <w:rsid w:val="00136FD9"/>
     <w:rsid w:val="00153F13"/>
     <w:rsid w:val="0017440C"/>
     <w:rsid w:val="001C5A3D"/>
     <w:rsid w:val="001E2107"/>
+    <w:rsid w:val="0022182D"/>
     <w:rsid w:val="00231023"/>
     <w:rsid w:val="00253C9D"/>
     <w:rsid w:val="00253DEF"/>
     <w:rsid w:val="00275950"/>
     <w:rsid w:val="00290EE4"/>
     <w:rsid w:val="002E1A57"/>
     <w:rsid w:val="003113AD"/>
     <w:rsid w:val="00322088"/>
     <w:rsid w:val="003221D1"/>
     <w:rsid w:val="00326450"/>
     <w:rsid w:val="00333C6A"/>
     <w:rsid w:val="003670A7"/>
     <w:rsid w:val="003A5BF5"/>
     <w:rsid w:val="003B409C"/>
     <w:rsid w:val="003B4A1E"/>
     <w:rsid w:val="003F3DE3"/>
     <w:rsid w:val="00417280"/>
     <w:rsid w:val="0041762F"/>
     <w:rsid w:val="00424BCF"/>
     <w:rsid w:val="00444056"/>
     <w:rsid w:val="00462CAE"/>
     <w:rsid w:val="004704EC"/>
     <w:rsid w:val="00475AAF"/>
     <w:rsid w:val="00481DF3"/>
     <w:rsid w:val="004B0AF6"/>
     <w:rsid w:val="004C0D4D"/>
     <w:rsid w:val="004E13B6"/>
     <w:rsid w:val="004F5206"/>
     <w:rsid w:val="004F7559"/>
     <w:rsid w:val="005004DE"/>
     <w:rsid w:val="00555EF3"/>
     <w:rsid w:val="00582A63"/>
     <w:rsid w:val="005A3178"/>
     <w:rsid w:val="005B6E78"/>
     <w:rsid w:val="005D46D1"/>
     <w:rsid w:val="005D6597"/>
     <w:rsid w:val="005F3E23"/>
     <w:rsid w:val="00631ADB"/>
     <w:rsid w:val="006669C7"/>
     <w:rsid w:val="00673608"/>
     <w:rsid w:val="00694853"/>
     <w:rsid w:val="006B42B9"/>
     <w:rsid w:val="006B629F"/>
     <w:rsid w:val="0074634B"/>
     <w:rsid w:val="007752BF"/>
     <w:rsid w:val="0078550B"/>
+    <w:rsid w:val="00796F7B"/>
     <w:rsid w:val="007A26A4"/>
     <w:rsid w:val="007C05A0"/>
     <w:rsid w:val="007C1D0A"/>
     <w:rsid w:val="007C73FE"/>
     <w:rsid w:val="007D3016"/>
     <w:rsid w:val="0083174C"/>
     <w:rsid w:val="00832967"/>
+    <w:rsid w:val="008376AF"/>
     <w:rsid w:val="0084437E"/>
     <w:rsid w:val="008642C4"/>
     <w:rsid w:val="0088119C"/>
     <w:rsid w:val="008C0A84"/>
     <w:rsid w:val="008D0EA0"/>
     <w:rsid w:val="008E2195"/>
     <w:rsid w:val="008E6070"/>
     <w:rsid w:val="00912AAF"/>
     <w:rsid w:val="00931627"/>
     <w:rsid w:val="00961700"/>
     <w:rsid w:val="00972B83"/>
     <w:rsid w:val="009901F9"/>
     <w:rsid w:val="009A3E2B"/>
     <w:rsid w:val="009A568B"/>
     <w:rsid w:val="009C0807"/>
     <w:rsid w:val="00A06275"/>
     <w:rsid w:val="00A3273A"/>
     <w:rsid w:val="00A36616"/>
     <w:rsid w:val="00A5327D"/>
     <w:rsid w:val="00A56103"/>
     <w:rsid w:val="00A66928"/>
     <w:rsid w:val="00AB282E"/>
     <w:rsid w:val="00AB629A"/>
     <w:rsid w:val="00AC4DBD"/>
     <w:rsid w:val="00AD5DE7"/>
@@ -36471,54 +37847,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51558740-24B0-45DC-98E1-352D74AB06DC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>51</Pages>
-  <Words>13801</Words>
-  <Characters>79911</Characters>
+  <Words>14241</Words>
+  <Characters>79471</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1997</Lines>
-  <Paragraphs>755</Paragraphs>
+  <Lines>1690</Lines>
+  <Paragraphs>561</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>92957</CharactersWithSpaces>
+  <CharactersWithSpaces>93151</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>